--- v0 (2025-10-21)
+++ v1 (2026-01-17)
@@ -1,236 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{828B6F00-E211-4296-A5A3-A17A14136C24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A065FA67-AD23-418F-9BCA-49410281890C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8E32EFF4-D696-4FDE-95F5-7FD3F2D80730}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6983F5A4-2ED5-431D-986D-4AD62B565FC1}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
-    <sheet name="Změnový list operativy" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C59" authorId="0" shapeId="0" xr:uid="{6C24CDAC-E7E2-475E-957D-82203651F33D}">
+    <comment ref="C60" authorId="0" shapeId="0" xr:uid="{49320397-2D16-4C4D-8673-0A375E9D3153}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D59" authorId="0" shapeId="0" xr:uid="{476C50B3-A390-4318-8DFF-B23EE72A629C}">
+    <comment ref="D60" authorId="0" shapeId="0" xr:uid="{21CC8587-49AB-46E1-A7E7-8917538CAEA7}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B68" authorId="1" shapeId="0" xr:uid="{950D6568-D7C2-44A2-AAF9-147E6A8814D6}">
+    <comment ref="B69" authorId="1" shapeId="0" xr:uid="{6D9E8E25-39B2-4235-B717-EF7B811C70D2}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D68" authorId="1" shapeId="0" xr:uid="{AB750A4E-5B7D-47CA-B563-5CC89E63654F}">
+    <comment ref="D69" authorId="1" shapeId="0" xr:uid="{3E7C10FC-3EEC-4241-B2E2-707CF181ADD1}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F68" authorId="1" shapeId="0" xr:uid="{2EC5C118-EA61-4419-8D11-B2E40E559D0A}">
+    <comment ref="F69" authorId="1" shapeId="0" xr:uid="{D8D0BBB8-1B81-42E5-9CE1-2EBB736AA9C5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="433">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -446,50 +444,59 @@
   <si>
     <t>dispo@etts.cz</t>
   </si>
   <si>
     <t>Karek Perner</t>
   </si>
   <si>
     <t>perner@etts.cz</t>
   </si>
   <si>
     <t>EUROVIA CZ a.s.</t>
   </si>
   <si>
     <t>Jan Modráček</t>
   </si>
   <si>
     <t>jan.modracek@vinci-construction.com</t>
   </si>
   <si>
     <t>Vít Motyčka</t>
   </si>
   <si>
     <t>vit.motycka@vinci-construction.com</t>
   </si>
   <si>
+    <t>FIRESTA-Fišer, rekonstrukce, stavby a.s.</t>
+  </si>
+  <si>
+    <t>Ing. Tomáš Živný</t>
+  </si>
+  <si>
+    <t>zivny@firesta.cz</t>
+  </si>
+  <si>
     <t>Gepard Express, SE</t>
   </si>
   <si>
     <t>Dispečink GE</t>
   </si>
   <si>
     <t>vlaky@gepard.com</t>
   </si>
   <si>
     <t>Tereza Hlíněná</t>
   </si>
   <si>
     <t>hlinena@gepard.com</t>
   </si>
   <si>
     <t>Gerhát Train s.r.o.</t>
   </si>
   <si>
     <t>Tomáš Gerhát</t>
   </si>
   <si>
     <t>gerhattrain@seznam.cz</t>
   </si>
   <si>
     <t>GJW Praha spol. s r.o.</t>
@@ -551,54 +558,54 @@
   <si>
     <t>Jan Odložilík</t>
   </si>
   <si>
     <t>jan.odlozilik@hrosistavby.cz</t>
   </si>
   <si>
     <t>HSL - Logistik, s.r.o.</t>
   </si>
   <si>
     <t>dispečer ve službě</t>
   </si>
   <si>
     <t>provoz@hsl-logistik.eu</t>
   </si>
   <si>
     <t>Jakub Rákosník</t>
   </si>
   <si>
     <t>j.rakosnik@hsl-logistik.eu</t>
   </si>
   <si>
     <t>Chládek &amp; Tintěra, a.s.</t>
   </si>
   <si>
-    <t>Jan Tyl</t>
-[...2 lines deleted...]
-    <t>tyl@cht.cz</t>
+    <t>Kamil Kratochvíl</t>
+  </si>
+  <si>
+    <t>kamil.kratochvil@cht.cz</t>
   </si>
   <si>
     <t>Chládek a Tintěra, Havlíčkův Brod, a.s.</t>
   </si>
   <si>
     <t>Martina Šoupalová</t>
   </si>
   <si>
     <t>soupalova@chladek-tintera.cz</t>
   </si>
   <si>
     <t>Chládek a Tintěra, Pardubice a.s.</t>
   </si>
   <si>
     <t>Tomáš Exnar</t>
   </si>
   <si>
     <t>tomas.exnar@cht-pce.cz</t>
   </si>
   <si>
     <t>IDS - Inženýrské a dopravní stavby Olomouc a.s.</t>
   </si>
   <si>
     <t>dispo@ids-cargo.cz</t>
   </si>
@@ -713,54 +720,54 @@
   <si>
     <t>Dispečer - vlak</t>
   </si>
   <si>
     <t>dispecer@le.cz</t>
   </si>
   <si>
     <t>Leo Express Global a.s.</t>
   </si>
   <si>
     <t>Leo Express Tenders s.r.o.</t>
   </si>
   <si>
     <t>Lokálka Group, spolek</t>
   </si>
   <si>
     <t>Ing. Jiří Svoboda</t>
   </si>
   <si>
     <t>lg-svoboda@seznam.cz</t>
   </si>
   <si>
     <t xml:space="preserve">LOKO TRANS s.r.o. </t>
   </si>
   <si>
-    <t>Procházka Jiří</t>
-[...2 lines deleted...]
-    <t>prochazka.jiri@lokotrans.cz</t>
+    <t>Ing. Lukáš Sázel</t>
+  </si>
+  <si>
+    <t>dispo@lokotrans.cz</t>
   </si>
   <si>
     <t>LOKORAIL, a.s.</t>
   </si>
   <si>
     <t>Dispečér vlakovej dopravy</t>
   </si>
   <si>
     <t>+ 421 918 993 222</t>
   </si>
   <si>
     <t>dispo@lokorail.sk</t>
   </si>
   <si>
     <t>Ing. David Kostelník</t>
   </si>
   <si>
     <t xml:space="preserve">             724 577 752</t>
   </si>
   <si>
     <t>kostelnik@lokorail.sk</t>
   </si>
   <si>
     <t>LokoTrain s.r.o.</t>
   </si>
@@ -851,54 +858,54 @@
   <si>
     <t>OLOMOUCKÁ DOPRAVNÍ s.r.o.</t>
   </si>
   <si>
     <t>dispo@olomouckadopravni.cz</t>
   </si>
   <si>
     <t>ORLEN Unipetrol Doprava, s.r.o.</t>
   </si>
   <si>
     <t>Traťový dispečer</t>
   </si>
   <si>
     <t>tratovydispecer.litvinov@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Radek Čečetka</t>
   </si>
   <si>
     <t>Radek.Cecetka@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Osoblažská úzkorozchodná dráha, o.p.s.</t>
   </si>
   <si>
-    <t>Marek Neděla</t>
-[...2 lines deleted...]
-    <t>provoz@osoblazsko.com</t>
+    <t>Dispečer OÚD</t>
+  </si>
+  <si>
+    <t>dispecer@osoblazsko.com</t>
   </si>
   <si>
     <t>Ostravská dopravní společnost - Cargo, a.s.</t>
   </si>
   <si>
     <t>dispečer ODOS</t>
   </si>
   <si>
     <t>dispecer@odos-cargo.cz</t>
   </si>
   <si>
     <t>dispečeři : Eva Glaicová, Lucie Heczková, Miroslav Přibil, Monika Varkočková</t>
   </si>
   <si>
     <t>PARI CZ Servis, s.r.o.</t>
   </si>
   <si>
     <t>Dispečer PARI CZ</t>
   </si>
   <si>
     <t>dispecer@paricz.cz</t>
   </si>
   <si>
     <t>PEDASTA dopravní společnost, s.r.o.</t>
   </si>
@@ -925,51 +932,51 @@
   </si>
   <si>
     <r>
       <t>Dispečer Ova</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (ved. směny)</t>
     </r>
   </si>
   <si>
     <t>dispecer@pkpcargointernational.com</t>
   </si>
   <si>
     <t>Dispečer Ústí (Čechy)</t>
   </si>
   <si>
     <t>dispecer.usti@pkpcargointernational.com</t>
   </si>
   <si>
-    <t>PKP CARGO SPÓŁKA AKCYJNA</t>
+    <t>PKP CARGO SPÓŁKA AKCYJNA W RESTRUKTURYZACJI</t>
   </si>
   <si>
     <t>Dispecing</t>
   </si>
   <si>
     <t>+48 663 290 458</t>
   </si>
   <si>
     <t>cetd.miedzynarodowy2@pkpcargo.com</t>
   </si>
   <si>
     <t>+48 663 296 451</t>
   </si>
   <si>
     <t>copd.miedzynarodowy3@pkpcargo.com</t>
   </si>
   <si>
     <t>Prvá Slovenská železničná, akciová spoločnosť</t>
   </si>
   <si>
     <t>Dispečer v službe</t>
   </si>
   <si>
     <t>+421 907 701 992</t>
   </si>
@@ -986,97 +993,121 @@
     <t>737 236 986</t>
   </si>
   <si>
     <t>obchod@zxbenet.cz</t>
   </si>
   <si>
     <t>Lenka Zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>774 441 975</t>
   </si>
   <si>
     <t>zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>P.T.D. CZECH, s.r.o.</t>
   </si>
   <si>
     <t>Norbert Mokrý</t>
   </si>
   <si>
     <t>+421 915 695 335</t>
   </si>
   <si>
     <t>mokry.norbert@falcon-rail.eu</t>
+  </si>
+  <si>
+    <t>Puš s.r.o.</t>
+  </si>
+  <si>
+    <t>Ing. Milan Puš</t>
+  </si>
+  <si>
+    <t>603 454 355</t>
+  </si>
+  <si>
+    <t>499 622 613</t>
+  </si>
+  <si>
+    <t>milanpus@mkinet.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kolářová</t>
+  </si>
+  <si>
+    <t>604 780 781</t>
+  </si>
+  <si>
+    <t>provoz.pus@mkinet.cz</t>
   </si>
   <si>
     <t>Qalqam s.r.o.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dispečer </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Qalqam s.r.o.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">       </t>
     </r>
   </si>
   <si>
     <t>dispo@qalqam.com</t>
   </si>
   <si>
     <t>Rail Cargo Carrier - Czech Republic s.r.o.</t>
   </si>
   <si>
     <t>Dispečer RCC CZ</t>
   </si>
   <si>
     <t xml:space="preserve">dispatcher.prag@railcargo.com </t>
   </si>
   <si>
     <t>Rail system s.r.o.</t>
   </si>
   <si>
-    <t>Robert Kropáček</t>
-[...2 lines deleted...]
-    <t>r.kropacek@railsystem.cz</t>
+    <t>Ondřej Havelka</t>
+  </si>
+  <si>
+    <t>o.havelka@railsystem.cz</t>
   </si>
   <si>
     <t>RailLog s.r.o.</t>
   </si>
   <si>
     <t>Dispečing RailLog s.r.o.</t>
   </si>
   <si>
     <t>+421 918 900 330</t>
   </si>
   <si>
     <t>dispo@raillog.sk</t>
   </si>
   <si>
     <t>Railtrans International, a.s.</t>
   </si>
   <si>
     <t>Dispečer RTI</t>
   </si>
   <si>
     <t>+421 907 792 533</t>
   </si>
   <si>
     <t>dispecing@railtrans.eu</t>
   </si>
@@ -1224,104 +1255,134 @@
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
   </si>
   <si>
     <t>Ing. Jan Popelka</t>
   </si>
   <si>
     <t>(v případě MU)</t>
   </si>
   <si>
     <t>jan.popelka2@skanska.cz</t>
   </si>
   <si>
     <t>Slezské zemské dráhy, o.p.s.</t>
   </si>
   <si>
+    <t>Dispečer</t>
+  </si>
+  <si>
+    <t>Marek Neděla</t>
+  </si>
+  <si>
+    <t>provoz@osoblazsko.com</t>
+  </si>
+  <si>
     <t>SLEZSKOMORAVSKÁ DRÁHA a.s.</t>
   </si>
   <si>
     <t>Ing. Martin Uherek</t>
   </si>
   <si>
     <t>uherekmartin@slezskomoravskadraha.cz</t>
   </si>
   <si>
     <t>Petr Majola</t>
   </si>
   <si>
     <t>smdmp@cmail.cz</t>
   </si>
   <si>
     <t>SOFISTIK SERVIS s.r.o.</t>
   </si>
   <si>
+    <t>Petr Hruška</t>
+  </si>
+  <si>
+    <t>provoz@sofistikservis.cz</t>
+  </si>
+  <si>
     <t>Libor Juřina</t>
   </si>
   <si>
     <t>jurina@sofistikservis.cz</t>
   </si>
   <si>
+    <t>Správa Ústecké dráhy s.r.o.</t>
+  </si>
+  <si>
+    <t>Ing. Jiří Linhart</t>
+  </si>
+  <si>
+    <t>linhart@usteckadraha.cz</t>
+  </si>
+  <si>
+    <t>Lukáš Pražský</t>
+  </si>
+  <si>
+    <t>prazsky@usteckadraha.cz</t>
+  </si>
+  <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>STRABAG Rail a.s.</t>
   </si>
   <si>
     <t>miroslav.rak@strabag.com</t>
   </si>
   <si>
     <t>Daniel Hanes</t>
   </si>
   <si>
     <t>daniel.hanes@strabag.com</t>
   </si>
   <si>
     <t>SUAS Transportation Service s.r.o.</t>
   </si>
   <si>
+    <t>dispečink želez. přepravy</t>
+  </si>
+  <si>
+    <t>dispo@suasgroup.cz</t>
+  </si>
+  <si>
     <t>dispečink V1</t>
   </si>
   <si>
     <t>v1-hradlo-odbyt@suas.cz</t>
   </si>
   <si>
-    <t>dispečink želez. přepravy</t>
-[...4 lines deleted...]
-  <si>
     <t>S u b t e r r a a.s.</t>
   </si>
   <si>
     <t>Ing. Wrana Radim</t>
   </si>
   <si>
     <t>RWrana@subterra.cz</t>
   </si>
   <si>
     <t>Bc. David Mišo</t>
   </si>
   <si>
     <t>DMiso@subterra.cz</t>
   </si>
   <si>
     <t>Swietelsky Rail CZ s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Zdeněk Vlasák </t>
   </si>
   <si>
     <t>z.vlasak@swietelsky.cz</t>
   </si>
   <si>
     <t>Karolína Černíková</t>
@@ -1422,811 +1483,214 @@
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
   <si>
     <t>j.bouska@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>kadr.dispo@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>Wiener Lokalbahnen Cargo GmbH</t>
   </si>
   <si>
-    <t>Dispečer</t>
-[...1 lines deleted...]
-  <si>
     <t>dispo@wlc-czechia.cz</t>
   </si>
   <si>
     <t>Zubačka provoz s.r.o.</t>
   </si>
   <si>
     <t>Ing. Petr Prokeš</t>
   </si>
   <si>
     <t>prokes@zubacka.cz</t>
   </si>
   <si>
     <t>Zug agency s.r.o.</t>
   </si>
   <si>
     <t>Miroslav Bezouška</t>
   </si>
   <si>
     <t>776 103 540</t>
   </si>
   <si>
     <t>dispo@zugagency.cz</t>
   </si>
   <si>
     <t>Ing. Martin Horváth</t>
   </si>
   <si>
     <t>+421 917 756 085</t>
   </si>
   <si>
     <t>horvath@zugagency.cz</t>
-  </si>
-[...574 lines deleted...]
-    <t>Nový kontakt na dopravce P.T.D. CZECH, s.r.o.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <u/>
-[...6 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2277,470 +1741,203 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...156 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...113 lines deleted...]
-    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2985,64 +2182,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@osoblazsko.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tyl@cht.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{461B1B1D-5095-4CBE-9E5D-3400D1EDBD35}">
-  <dimension ref="A1:L119"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{084718F6-3EF2-447E-9FBA-2FDD73F4A5E8}">
+  <dimension ref="A1:L122"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.7109375" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
     <col min="257" max="257" width="64.7109375" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
@@ -4197,4688 +3389,2208 @@
       <c r="B22" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="10">
         <v>731122694</v>
       </c>
       <c r="D22" s="10"/>
       <c r="E22" s="13" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="10">
         <v>732694557</v>
       </c>
       <c r="H22" s="11"/>
       <c r="I22" s="12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="22" t="s">
+      <c r="B23" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="10">
+        <v>602741181</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="25"/>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" s="24">
         <v>702092324</v>
       </c>
-      <c r="D23" s="24"/>
-[...6 lines deleted...]
-      <c r="G23" s="23">
+      <c r="D24" s="25"/>
+      <c r="E24" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="24">
         <v>735874449</v>
       </c>
-      <c r="H23" s="24"/>
-[...11 lines deleted...]
-      <c r="C24" s="23">
+      <c r="H24" s="25"/>
+      <c r="I24" s="12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="24">
         <v>604537231</v>
       </c>
-      <c r="D24" s="24"/>
-[...15 lines deleted...]
-      <c r="C25" s="23">
+      <c r="D25" s="25"/>
+      <c r="E25" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="11"/>
+    </row>
+    <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" s="24">
         <v>735150999</v>
       </c>
-      <c r="D25" s="24"/>
-[...6 lines deleted...]
-      <c r="G25" s="23">
+      <c r="D26" s="25"/>
+      <c r="E26" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="G26" s="24">
         <v>735150999</v>
       </c>
-      <c r="H25" s="24"/>
-[...8 lines deleted...]
-      <c r="B26" s="9" t="s">
+      <c r="H26" s="25"/>
+      <c r="I26" s="12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C26" s="10">
+      <c r="C27" s="10">
         <v>734640824</v>
       </c>
-      <c r="D26" s="11"/>
-[...6 lines deleted...]
-      <c r="G26" s="10">
+      <c r="D27" s="11"/>
+      <c r="E27" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" s="10">
         <v>793941741</v>
       </c>
-      <c r="H26" s="11"/>
-[...28 lines deleted...]
-      </c>
+      <c r="H27" s="11"/>
       <c r="I27" s="12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="11" t="s">
+      <c r="C28" s="10">
+        <v>733785017</v>
+      </c>
+      <c r="D28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="E28" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="C28" s="10">
-[...3 lines deleted...]
-      <c r="E28" s="12" t="s">
+      <c r="F28" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="11"/>
-[...2 lines deleted...]
-      <c r="I28" s="12"/>
+      <c r="G28" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I28" s="12" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="9" t="s">
+      <c r="B29" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="10">
-        <v>702169442</v>
+        <v>602413669</v>
       </c>
       <c r="D29" s="10"/>
       <c r="E29" s="12" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="11"/>
       <c r="G29" s="10"/>
       <c r="H29" s="11"/>
       <c r="I29" s="12"/>
     </row>
     <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="11" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="10">
-        <v>601372636</v>
+        <v>702169442</v>
       </c>
       <c r="D30" s="10"/>
       <c r="E30" s="12" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="11"/>
-      <c r="G30" s="11"/>
+      <c r="G30" s="10"/>
       <c r="H30" s="11"/>
-      <c r="I30" s="11"/>
+      <c r="I30" s="12"/>
     </row>
     <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="B31" s="11" t="s">
+      <c r="B31" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="10">
-        <v>737634614</v>
+        <v>601372636</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="12" t="s">
         <v>117</v>
       </c>
-      <c r="F31" s="11" t="s">
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="11"/>
+    </row>
+    <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="G31" s="10">
+      <c r="B32" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" s="10">
+        <v>737634614</v>
+      </c>
+      <c r="D32" s="10"/>
+      <c r="E32" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" s="10">
         <v>605001534</v>
       </c>
-      <c r="H31" s="10"/>
-[...15 lines deleted...]
-      <c r="E32" s="12" t="s">
+      <c r="H32" s="10"/>
+      <c r="I32" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="F32" s="11"/>
-[...2 lines deleted...]
-      <c r="I32" s="11"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="9" t="s">
         <v>123</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="C33" s="26">
-[...2 lines deleted...]
-      <c r="D33" s="10"/>
+      <c r="C33" s="10">
+        <v>720862719</v>
+      </c>
+      <c r="D33" s="11"/>
       <c r="E33" s="12" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="10"/>
+      <c r="G33" s="11"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="27"/>
+      <c r="I33" s="11"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="11" t="s">
+      <c r="A34" s="9" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="C34" s="10">
-[...2 lines deleted...]
-      <c r="D34" s="11"/>
+      <c r="C34" s="26">
+        <v>774922259</v>
+      </c>
+      <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
         <v>128</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="11"/>
+      <c r="G34" s="10"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="11"/>
+      <c r="I34" s="27"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="B35" s="11" t="s">
-        <v>50</v>
+      <c r="B35" s="9" t="s">
+        <v>130</v>
       </c>
       <c r="C35" s="10">
-        <v>725933605</v>
+        <v>724028968</v>
       </c>
       <c r="D35" s="11"/>
       <c r="E35" s="12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="11" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B36" s="9" t="s">
         <v>132</v>
       </c>
+      <c r="B36" s="11" t="s">
+        <v>50</v>
+      </c>
       <c r="C36" s="10">
-        <v>474470450</v>
-[...1 lines deleted...]
-      <c r="D36" s="10">
         <v>725933605</v>
       </c>
+      <c r="D36" s="11"/>
       <c r="E36" s="12" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
+      <c r="A37" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D37" s="10">
+        <v>725933605</v>
+      </c>
+      <c r="E37" s="12" t="s">
         <v>133</v>
-      </c>
-[...8 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="29" t="s">
+      <c r="A38" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>137</v>
       </c>
-      <c r="C38" s="17" t="s">
+      <c r="C38" s="21">
+        <v>777491367</v>
+      </c>
+      <c r="D38" s="21"/>
+      <c r="E38" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="D38" s="11"/>
-      <c r="E38" s="12" t="s">
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
+    </row>
+    <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="28" t="s">
         <v>139</v>
       </c>
-      <c r="F38" s="9" t="s">
+      <c r="B39" s="9" t="s">
         <v>140</v>
       </c>
-      <c r="G38" s="17" t="s">
+      <c r="C39" s="17" t="s">
         <v>141</v>
       </c>
-      <c r="H38" s="17"/>
-[...5 lines deleted...]
-      <c r="A39" s="30" t="s">
+      <c r="D39" s="11"/>
+      <c r="E39" s="12" t="s">
         <v>142</v>
       </c>
-      <c r="B39" s="9" t="s">
+      <c r="F39" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="C39" s="17" t="s">
+      <c r="G39" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="D39" s="11"/>
-      <c r="E39" s="31" t="s">
+      <c r="H39" s="17"/>
+      <c r="I39" s="12" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="29" t="s">
         <v>145</v>
       </c>
-      <c r="F39" s="9"/>
-[...5 lines deleted...]
-      <c r="A40" s="32" t="s">
+      <c r="B40" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="B40" s="9" t="s">
+      <c r="C40" s="17" t="s">
         <v>147</v>
       </c>
-      <c r="C40" s="17" t="s">
+      <c r="D40" s="11"/>
+      <c r="E40" s="30" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F40" s="9"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>151</v>
       </c>
-      <c r="B41" s="9" t="s">
+      <c r="D41" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="C41" s="10">
-[...2 lines deleted...]
-      <c r="D41" s="11"/>
       <c r="E41" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="11" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="12"/>
     </row>
     <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C42" s="10">
+        <v>727844219</v>
+      </c>
+      <c r="D42" s="11"/>
+      <c r="E42" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="11" t="s">
         <v>157</v>
       </c>
-      <c r="B42" s="11" t="s">
+      <c r="G42" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H42" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="C42" s="10">
-[...3 lines deleted...]
-      <c r="E42" s="11" t="s">
+      <c r="I42" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="F42" s="11"/>
-[...2 lines deleted...]
-      <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="9" t="s">
+      <c r="B43" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C43" s="10">
-        <v>603865027</v>
+        <v>603729639</v>
       </c>
       <c r="D43" s="11"/>
-      <c r="E43" s="12" t="s">
+      <c r="E43" s="11" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="11"/>
-      <c r="G43" s="10"/>
+      <c r="G43" s="11"/>
       <c r="H43" s="11"/>
-      <c r="I43" s="12"/>
+      <c r="I43" s="11"/>
     </row>
     <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="11" t="s">
+      <c r="B44" s="9" t="s">
         <v>164</v>
       </c>
       <c r="C44" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D44" s="10"/>
+        <v>603865027</v>
+      </c>
+      <c r="D44" s="11"/>
       <c r="E44" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="F44" s="9"/>
+      <c r="F44" s="11"/>
       <c r="G44" s="10"/>
-      <c r="H44" s="10"/>
+      <c r="H44" s="11"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>166</v>
       </c>
-      <c r="B45" s="12" t="s">
+      <c r="B45" s="11" t="s">
         <v>167</v>
       </c>
       <c r="C45" s="10">
-        <v>777490011</v>
+        <v>735177500</v>
       </c>
       <c r="D45" s="10"/>
-      <c r="E45" s="11" t="s">
+      <c r="E45" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="F45" s="11"/>
+      <c r="F45" s="9"/>
       <c r="G45" s="10"/>
       <c r="H45" s="10"/>
-      <c r="I45" s="11"/>
+      <c r="I45" s="12"/>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="9" t="s">
+      <c r="A46" s="11" t="s">
         <v>169</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C46" s="10">
         <v>777490011</v>
       </c>
       <c r="D46" s="10"/>
       <c r="E46" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F46" s="11"/>
       <c r="G46" s="10"/>
-      <c r="H46" s="11"/>
+      <c r="H46" s="10"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B47" s="12" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C47" s="10">
         <v>777490011</v>
       </c>
       <c r="D47" s="10"/>
       <c r="E47" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F47" s="11"/>
       <c r="G47" s="10"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C48" s="10">
+        <v>777490011</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F48" s="11"/>
-      <c r="G48" s="11"/>
+      <c r="G48" s="10"/>
       <c r="H48" s="11"/>
       <c r="I48" s="11"/>
     </row>
     <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
+      <c r="A49" s="9" t="s">
         <v>174</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C49" s="10">
-        <v>732956099</v>
+        <v>604750035</v>
       </c>
       <c r="D49" s="11"/>
       <c r="E49" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="F49" s="9"/>
-      <c r="G49" s="10"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
       <c r="H49" s="11"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="9" t="s">
         <v>177</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>178</v>
       </c>
-      <c r="C50" s="33" t="s">
+      <c r="C50" s="10">
+        <v>777750299</v>
+      </c>
+      <c r="D50" s="11"/>
+      <c r="E50" s="12" t="s">
         <v>179</v>
       </c>
-      <c r="D50" s="11"/>
-      <c r="E50" s="11" t="s">
+      <c r="F50" s="9"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="11"/>
+    </row>
+    <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="F50" s="9" t="s">
+      <c r="B51" s="11" t="s">
         <v>181</v>
       </c>
-      <c r="G50" s="33" t="s">
+      <c r="C51" s="32" t="s">
         <v>182</v>
-      </c>
-[...13 lines deleted...]
-        <v>606091021</v>
       </c>
       <c r="D51" s="11"/>
       <c r="E51" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="G51" s="32" t="s">
         <v>185</v>
       </c>
-      <c r="F51" s="11"/>
-      <c r="G51" s="10"/>
       <c r="H51" s="11"/>
-      <c r="I51" s="11"/>
+      <c r="I51" s="12" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="11" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="C52" s="10">
-        <v>775360552</v>
+        <v>606091021</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>188</v>
       </c>
       <c r="F52" s="11"/>
       <c r="G52" s="10"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="B53" s="9" t="s">
+      <c r="B53" s="11" t="s">
         <v>190</v>
       </c>
       <c r="C53" s="10">
+        <v>775360552</v>
+      </c>
+      <c r="D53" s="11"/>
+      <c r="E53" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="F53" s="11"/>
+      <c r="G53" s="10"/>
+      <c r="H53" s="11"/>
+      <c r="I53" s="11"/>
+    </row>
+    <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C54" s="10">
         <v>775567311</v>
       </c>
-      <c r="D53" s="17" t="s">
-[...14 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="D54" s="17" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>195</v>
       </c>
       <c r="F54" s="11"/>
-      <c r="G54" s="33"/>
+      <c r="G54" s="32"/>
       <c r="H54" s="10"/>
       <c r="I54" s="12"/>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="B55" s="11" t="s">
+      <c r="B55" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="C55" s="10">
-[...2 lines deleted...]
-      <c r="D55" s="11"/>
+      <c r="C55" s="33">
+        <v>775567311</v>
+      </c>
+      <c r="D55" s="17" t="s">
+        <v>194</v>
+      </c>
       <c r="E55" s="12" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="11"/>
-[...1 lines deleted...]
-      <c r="I55" s="11"/>
+      <c r="G55" s="32"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="12"/>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
         <v>199</v>
       </c>
-      <c r="B56" s="9" t="s">
+      <c r="B56" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="C56" s="10">
+        <v>731415372</v>
+      </c>
+      <c r="D56" s="11"/>
+      <c r="E56" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="11"/>
+    </row>
+    <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B57" s="9" t="s">
         <v>50</v>
-      </c>
-[...17 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C57" s="10">
         <v>731676301</v>
       </c>
       <c r="D57" s="10"/>
       <c r="E57" s="12" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="11"/>
-[...1 lines deleted...]
-      <c r="I57" s="11"/>
+      <c r="G57" s="10"/>
+      <c r="H57" s="10"/>
+      <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="11" t="s">
+      <c r="A58" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C58" s="10">
+        <v>731676301</v>
+      </c>
+      <c r="D58" s="10"/>
+      <c r="E58" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="B58" s="9" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="10"/>
+      <c r="G58" s="11"/>
       <c r="H58" s="11"/>
       <c r="I58" s="11"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="11" t="s">
         <v>206</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>207</v>
       </c>
       <c r="C59" s="10">
-        <v>736609903</v>
-[...1 lines deleted...]
-      <c r="D59" s="10"/>
+        <v>606730273</v>
+      </c>
+      <c r="D59" s="11"/>
       <c r="E59" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="F59" s="9"/>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="10"/>
+      <c r="H59" s="11"/>
+      <c r="I59" s="11"/>
     </row>
     <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="9" t="s">
+      <c r="A60" s="11" t="s">
         <v>209</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="C60" s="17" t="s">
-        <v>211</v>
+      <c r="C60" s="10">
+        <v>736609903</v>
       </c>
       <c r="D60" s="10"/>
       <c r="E60" s="12" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F60" s="9"/>
-      <c r="G60" s="36"/>
+      <c r="G60" s="34"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="B61" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="B61" s="9" t="s">
-[...3 lines deleted...]
-        <v>733712954</v>
+      <c r="C61" s="17" t="s">
+        <v>214</v>
       </c>
       <c r="D61" s="10"/>
       <c r="E61" s="12" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="I61" s="11"/>
+        <v>215</v>
+      </c>
+      <c r="F61" s="9"/>
+      <c r="G61" s="34"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="11" t="s">
-        <v>215</v>
+      <c r="A62" s="9" t="s">
+        <v>216</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="C62" s="10">
-        <v>731451532</v>
-[...3 lines deleted...]
-      </c>
+        <v>733712954</v>
+      </c>
+      <c r="D62" s="10"/>
       <c r="E62" s="12" t="s">
         <v>217</v>
       </c>
-      <c r="F62" s="9" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
+      <c r="I62" s="11"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="C63" s="10">
+        <v>731451532</v>
+      </c>
+      <c r="D63" s="10">
+        <v>476164141</v>
+      </c>
+      <c r="E63" s="12" t="s">
         <v>220</v>
       </c>
-      <c r="B63" s="11" t="s">
+      <c r="F63" s="9" t="s">
         <v>221</v>
       </c>
-      <c r="C63" s="10">
-[...3 lines deleted...]
-      <c r="E63" s="12" t="s">
+      <c r="G63" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H63" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I63" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="F63" s="9"/>
-[...2 lines deleted...]
-      <c r="I63" s="12"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
         <v>223</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>224</v>
       </c>
       <c r="C64" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D64" s="11"/>
+        <v>601502564</v>
+      </c>
+      <c r="D64" s="10"/>
       <c r="E64" s="12" t="s">
         <v>225</v>
       </c>
-      <c r="F64" s="9" t="s">
+      <c r="F64" s="9"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+      <c r="I64" s="12"/>
+    </row>
+    <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="9" t="s">
         <v>226</v>
       </c>
-      <c r="G64" s="10"/>
-[...4 lines deleted...]
-      <c r="A65" s="11" t="s">
+      <c r="B65" s="9" t="s">
         <v>227</v>
       </c>
-      <c r="B65" s="9" t="s">
+      <c r="C65" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D65" s="11"/>
+      <c r="E65" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="C65" s="10">
-[...3 lines deleted...]
-      <c r="E65" s="12" t="s">
+      <c r="F65" s="9" t="s">
         <v>229</v>
       </c>
-      <c r="F65" s="9"/>
       <c r="G65" s="10"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
         <v>230</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>231</v>
       </c>
-      <c r="C66" s="23">
-[...3 lines deleted...]
-      <c r="E66" s="37" t="s">
+      <c r="C66" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D66" s="10"/>
+      <c r="E66" s="12" t="s">
         <v>232</v>
       </c>
-      <c r="F66" s="22"/>
-[...2 lines deleted...]
-      <c r="I66" s="24"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="10"/>
+      <c r="H66" s="11"/>
+      <c r="I66" s="11"/>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="9" t="s">
+      <c r="A67" s="11" t="s">
         <v>233</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="C67" s="38" t="s">
+      <c r="C67" s="24">
+        <v>774692738</v>
+      </c>
+      <c r="D67" s="24"/>
+      <c r="E67" s="35" t="s">
         <v>235</v>
       </c>
-      <c r="D67" s="24"/>
-      <c r="E67" s="37" t="s">
+      <c r="F67" s="23"/>
+      <c r="G67" s="24"/>
+      <c r="H67" s="25"/>
+      <c r="I67" s="25"/>
+    </row>
+    <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="9" t="s">
         <v>236</v>
       </c>
-      <c r="F67" s="22"/>
-[...5 lines deleted...]
-      <c r="A68" s="14" t="s">
+      <c r="B68" s="9" t="s">
         <v>237</v>
       </c>
-      <c r="B68" s="24" t="s">
+      <c r="C68" s="36" t="s">
         <v>238</v>
       </c>
-      <c r="C68" s="23">
+      <c r="D68" s="25"/>
+      <c r="E68" s="35" t="s">
+        <v>239</v>
+      </c>
+      <c r="F68" s="23"/>
+      <c r="G68" s="24"/>
+      <c r="H68" s="25"/>
+      <c r="I68" s="35"/>
+    </row>
+    <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="C69" s="24">
         <v>606702714</v>
       </c>
-      <c r="D68" s="23">
+      <c r="D69" s="24">
         <v>596166444</v>
       </c>
-      <c r="E68" s="37" t="s">
-[...5 lines deleted...]
-      <c r="G68" s="23">
+      <c r="E69" s="35" t="s">
+        <v>242</v>
+      </c>
+      <c r="F69" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="G69" s="24">
         <v>602133890</v>
       </c>
-      <c r="H68" s="23">
+      <c r="H69" s="24">
         <v>224956633</v>
       </c>
-      <c r="I68" s="37" t="s">
-[...10 lines deleted...]
-      <c r="C69" s="33" t="s">
+      <c r="I69" s="35" t="s">
         <v>244</v>
       </c>
-      <c r="D69" s="33"/>
-      <c r="E69" s="12" t="s">
+    </row>
+    <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="17" t="s">
+      <c r="B70" s="9" t="s">
         <v>246</v>
       </c>
-      <c r="H69" s="33"/>
-      <c r="I69" s="12" t="s">
+      <c r="C70" s="32" t="s">
         <v>247</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="11" t="s">
+      <c r="D70" s="32"/>
+      <c r="E70" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="B70" s="9" t="s">
+      <c r="F70" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="G70" s="17" t="s">
         <v>249</v>
       </c>
-      <c r="C70" s="17" t="s">
+      <c r="H70" s="32"/>
+      <c r="I70" s="12" t="s">
         <v>250</v>
       </c>
-      <c r="D70" s="33"/>
-      <c r="E70" s="12" t="s">
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
         <v>251</v>
       </c>
-      <c r="F70" s="11"/>
-[...5 lines deleted...]
-      <c r="A71" s="39" t="s">
+      <c r="B71" s="9" t="s">
         <v>252</v>
       </c>
-      <c r="B71" s="40" t="s">
+      <c r="C71" s="17" t="s">
         <v>253</v>
       </c>
-      <c r="C71" s="41" t="s">
+      <c r="D71" s="32"/>
+      <c r="E71" s="12" t="s">
         <v>254</v>
       </c>
-      <c r="D71" s="42"/>
-      <c r="E71" s="43" t="s">
+      <c r="F71" s="11"/>
+      <c r="G71" s="32"/>
+      <c r="H71" s="32"/>
+      <c r="I71" s="11"/>
+    </row>
+    <row r="72" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="37" t="s">
         <v>255</v>
       </c>
-      <c r="F71" s="44" t="s">
+      <c r="B72" s="38" t="s">
         <v>256</v>
       </c>
-      <c r="G71" s="41" t="s">
+      <c r="C72" s="39" t="s">
         <v>257</v>
       </c>
-      <c r="H71" s="33"/>
-      <c r="I71" s="43" t="s">
+      <c r="D72" s="40"/>
+      <c r="E72" s="41" t="s">
         <v>258</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="20" t="s">
+      <c r="F72" s="42" t="s">
         <v>259</v>
       </c>
-      <c r="B72" s="45" t="s">
+      <c r="G72" s="39" t="s">
         <v>260</v>
       </c>
-      <c r="C72" s="17" t="s">
+      <c r="H72" s="32"/>
+      <c r="I72" s="41" t="s">
         <v>261</v>
       </c>
-      <c r="D72" s="46"/>
-      <c r="E72" s="47" t="s">
+    </row>
+    <row r="73" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="20" t="s">
         <v>262</v>
       </c>
-      <c r="F72" s="44"/>
-[...5 lines deleted...]
-      <c r="A73" s="48" t="s">
+      <c r="B73" s="42" t="s">
         <v>263</v>
       </c>
-      <c r="B73" s="32" t="s">
+      <c r="C73" s="17" t="s">
         <v>264</v>
       </c>
-      <c r="C73" s="10">
+      <c r="D73" s="43"/>
+      <c r="E73" s="44" t="s">
+        <v>265</v>
+      </c>
+      <c r="F73" s="42"/>
+      <c r="G73" s="39"/>
+      <c r="H73" s="32"/>
+      <c r="I73" s="41"/>
+    </row>
+    <row r="74" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="20" t="s">
+        <v>266</v>
+      </c>
+      <c r="B74" s="42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="D74" s="39" t="s">
+        <v>269</v>
+      </c>
+      <c r="E74" s="45" t="s">
+        <v>270</v>
+      </c>
+      <c r="F74" s="42" t="s">
+        <v>271</v>
+      </c>
+      <c r="G74" s="39" t="s">
+        <v>272</v>
+      </c>
+      <c r="H74" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="I74" s="46" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="47" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" s="31" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="10">
         <v>770197969</v>
       </c>
-      <c r="D73" s="11"/>
-[...15 lines deleted...]
-      <c r="C74" s="10">
+      <c r="D75" s="11"/>
+      <c r="E75" s="28" t="s">
+        <v>276</v>
+      </c>
+      <c r="F75" s="48"/>
+      <c r="G75" s="39"/>
+      <c r="H75" s="32"/>
+      <c r="I75" s="41"/>
+    </row>
+    <row r="76" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C76" s="10">
         <v>267314243</v>
       </c>
-      <c r="D74" s="10">
-[...38 lines deleted...]
-      </c>
       <c r="D76" s="10"/>
-      <c r="E76" s="12" t="s">
-        <v>275</v>
+      <c r="E76" s="11" t="s">
+        <v>279</v>
       </c>
       <c r="F76" s="9"/>
       <c r="G76" s="49"/>
       <c r="H76" s="10"/>
       <c r="I76" s="50"/>
     </row>
     <row r="77" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B77" s="9" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>281</v>
+      </c>
+      <c r="C77" s="10">
+        <v>727820008</v>
       </c>
       <c r="D77" s="10"/>
       <c r="E77" s="12" t="s">
-        <v>279</v>
-[...8 lines deleted...]
-      <c r="I77" s="12" t="s">
         <v>282</v>
       </c>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="11"/>
     </row>
     <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="9" t="s">
+      <c r="A78" s="51" t="s">
         <v>283</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="10"/>
       <c r="E78" s="12" t="s">
         <v>286</v>
       </c>
-      <c r="F78" s="9" t="s">
+      <c r="F78" s="9"/>
+      <c r="G78" s="49"/>
+      <c r="H78" s="10"/>
+      <c r="I78" s="50"/>
+    </row>
+    <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="9" t="s">
         <v>287</v>
       </c>
-      <c r="G78" s="17" t="s">
+      <c r="B79" s="9" t="s">
         <v>288</v>
       </c>
-      <c r="H78" s="10"/>
-      <c r="I78" s="12" t="s">
+      <c r="C79" s="17" t="s">
         <v>289</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="D79" s="10"/>
+      <c r="E79" s="12" t="s">
         <v>290</v>
       </c>
-      <c r="B79" s="11" t="s">
-[...6 lines deleted...]
-      <c r="E79" s="11" t="s">
+      <c r="F79" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="F79" s="11"/>
-[...2 lines deleted...]
-      <c r="I79" s="11"/>
+      <c r="G79" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" s="10"/>
+      <c r="I79" s="12" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="11" t="s">
-        <v>292</v>
+      <c r="A80" s="9" t="s">
+        <v>294</v>
       </c>
       <c r="B80" s="9" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      <c r="D80" s="11"/>
+        <v>295</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>296</v>
+      </c>
+      <c r="D80" s="10"/>
       <c r="E80" s="12" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-      <c r="H80" s="11"/>
+        <v>298</v>
+      </c>
+      <c r="G80" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="H80" s="10"/>
       <c r="I80" s="12" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="11" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>301</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>36</v>
       </c>
       <c r="C81" s="10">
-        <v>602492281</v>
+        <v>739341656</v>
       </c>
       <c r="D81" s="11"/>
-      <c r="E81" s="13" t="s">
-        <v>299</v>
+      <c r="E81" s="11" t="s">
+        <v>302</v>
       </c>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="11" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B82" s="9" t="s">
-        <v>301</v>
-[...11 lines deleted...]
-      <c r="G82" s="11"/>
+        <v>304</v>
+      </c>
+      <c r="C82" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D82" s="11"/>
+      <c r="E82" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="G82" s="10">
+        <v>602814592</v>
+      </c>
       <c r="H82" s="11"/>
-      <c r="I82" s="11"/>
+      <c r="I82" s="12" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="11" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>304</v>
-[...6 lines deleted...]
-        <v>306</v>
+        <v>309</v>
+      </c>
+      <c r="C83" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D83" s="11"/>
+      <c r="E83" s="13" t="s">
+        <v>310</v>
       </c>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
     </row>
     <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="11" t="s">
-        <v>307</v>
-[...9 lines deleted...]
-        <v>309</v>
+        <v>311</v>
+      </c>
+      <c r="B84" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C84" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D84" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E84" s="13" t="s">
+        <v>313</v>
       </c>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
     </row>
     <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="11" t="s">
-        <v>310</v>
-[...9 lines deleted...]
-        <v>313</v>
+        <v>314</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D85" s="16"/>
+      <c r="E85" s="12" t="s">
+        <v>317</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="14" t="s">
-[...15 lines deleted...]
-      <c r="I86" s="13"/>
+      <c r="A86" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="C86" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D86" s="11"/>
+      <c r="E86" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="F86" s="11"/>
+      <c r="G86" s="11"/>
+      <c r="H86" s="11"/>
+      <c r="I86" s="11"/>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>321</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>323</v>
       </c>
       <c r="D87" s="11"/>
-      <c r="E87" s="12" t="s">
-        <v>319</v>
+      <c r="E87" s="11" t="s">
+        <v>324</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I88" s="11"/>
+      <c r="A88" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="B88" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C88" s="32" t="s">
+        <v>326</v>
+      </c>
+      <c r="D88" s="18"/>
+      <c r="E88" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F88" s="9"/>
+      <c r="G88" s="32"/>
+      <c r="H88" s="18"/>
+      <c r="I88" s="13"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>328</v>
+      </c>
+      <c r="B89" s="9" t="s">
+        <v>329</v>
       </c>
       <c r="C89" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D89" s="11"/>
-      <c r="E89" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E89" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="F89" s="11"/>
+      <c r="G89" s="11"/>
       <c r="H89" s="11"/>
-      <c r="I89" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="11" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>331</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>332</v>
       </c>
       <c r="C90" s="10">
-        <v>737257828</v>
-[...14 lines deleted...]
-      <c r="I90" s="12" t="s">
+        <v>724050445</v>
+      </c>
+      <c r="D90" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E90" s="11" t="s">
         <v>333</v>
       </c>
+      <c r="F90" s="11"/>
+      <c r="G90" s="11"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="11"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
         <v>334</v>
       </c>
       <c r="B91" s="11" t="s">
-        <v>221</v>
+        <v>335</v>
       </c>
       <c r="C91" s="10">
-        <v>732558464</v>
-[...8 lines deleted...]
-      <c r="I91" s="11"/>
+        <v>724032663</v>
+      </c>
+      <c r="D91" s="11"/>
+      <c r="E91" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="F91" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="G91" s="10">
+        <v>602786694</v>
+      </c>
+      <c r="H91" s="11"/>
+      <c r="I91" s="11" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="11" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C92" s="10">
-        <v>602699294</v>
+        <v>737257828</v>
       </c>
       <c r="D92" s="11"/>
-      <c r="E92" s="11" t="s">
-        <v>337</v>
+      <c r="E92" s="12" t="s">
+        <v>341</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="G92" s="10">
-        <v>602752390</v>
-[...1 lines deleted...]
-      <c r="H92" s="11"/>
+        <v>737255532</v>
+      </c>
+      <c r="H92" s="52" t="s">
+        <v>343</v>
+      </c>
       <c r="I92" s="12" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="11" t="s">
-[...3 lines deleted...]
-        <v>341</v>
+      <c r="A93" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>346</v>
       </c>
       <c r="C93" s="10">
-        <v>602785383</v>
-[...8 lines deleted...]
-      <c r="I93" s="53"/>
+        <v>601502564</v>
+      </c>
+      <c r="D93" s="10"/>
+      <c r="E93" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="G93" s="10">
+        <v>732558464</v>
+      </c>
+      <c r="H93" s="10"/>
+      <c r="I93" s="9" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
-        <v>343</v>
-[...8 lines deleted...]
-      <c r="I94" s="55"/>
+        <v>349</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>350</v>
+      </c>
+      <c r="C94" s="10">
+        <v>602699294</v>
+      </c>
+      <c r="D94" s="11"/>
+      <c r="E94" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="G94" s="10">
+        <v>602752390</v>
+      </c>
+      <c r="H94" s="11"/>
+      <c r="I94" s="12" t="s">
+        <v>353</v>
+      </c>
     </row>
     <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="9" t="s">
-[...3 lines deleted...]
-        <v>308</v>
+      <c r="A95" s="11" t="s">
+        <v>354</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>355</v>
       </c>
       <c r="C95" s="10">
-        <v>734170707</v>
+        <v>732987872</v>
       </c>
       <c r="D95" s="11"/>
-      <c r="E95" s="25" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="E95" s="13" t="s">
+        <v>356</v>
+      </c>
+      <c r="F95" s="11" t="s">
+        <v>357</v>
       </c>
       <c r="G95" s="10">
-        <v>739580585</v>
+        <v>602785383</v>
       </c>
       <c r="H95" s="11"/>
-      <c r="I95" s="56" t="s">
-        <v>347</v>
+      <c r="I95" s="13" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="9" t="s">
-[...3 lines deleted...]
-        <v>349</v>
+      <c r="A96" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>360</v>
       </c>
       <c r="C96" s="10">
-        <v>352462894</v>
-[...8 lines deleted...]
-        <v>351</v>
+        <v>723533193</v>
+      </c>
+      <c r="D96" s="11"/>
+      <c r="E96" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>362</v>
       </c>
       <c r="G96" s="10">
-        <v>770328332</v>
+        <v>604417904</v>
       </c>
       <c r="H96" s="11"/>
       <c r="I96" s="12" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="57" t="s">
-[...5 lines deleted...]
-      <c r="C97" s="10">
+      <c r="A97" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="B97" s="53"/>
+      <c r="C97" s="53"/>
+      <c r="D97" s="53"/>
+      <c r="E97" s="53"/>
+      <c r="F97" s="53"/>
+      <c r="G97" s="53"/>
+      <c r="H97" s="53"/>
+      <c r="I97" s="54"/>
+    </row>
+    <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C98" s="10">
+        <v>734170707</v>
+      </c>
+      <c r="D98" s="11"/>
+      <c r="E98" s="22" t="s">
+        <v>366</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="G98" s="10">
+        <v>739580585</v>
+      </c>
+      <c r="H98" s="11"/>
+      <c r="I98" s="55" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="C99" s="10">
+        <v>770328332</v>
+      </c>
+      <c r="D99" s="11"/>
+      <c r="E99" s="12" t="s">
+        <v>371</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>372</v>
+      </c>
+      <c r="G99" s="10">
+        <v>352462894</v>
+      </c>
+      <c r="H99" s="10">
+        <v>352463854</v>
+      </c>
+      <c r="I99" s="12" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="56" t="s">
+        <v>374</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>375</v>
+      </c>
+      <c r="C100" s="10">
         <v>725040824</v>
-      </c>
-[...67 lines deleted...]
-        <v>722275714</v>
       </c>
       <c r="D100" s="10"/>
       <c r="E100" s="12" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>376</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>377</v>
       </c>
       <c r="G100" s="10">
+        <v>775657619</v>
+      </c>
+      <c r="H100" s="10"/>
+      <c r="I100" s="12" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="56" t="s">
+        <v>379</v>
+      </c>
+      <c r="B101" s="9" t="s">
+        <v>380</v>
+      </c>
+      <c r="C101" s="10">
+        <v>720987811</v>
+      </c>
+      <c r="D101" s="21"/>
+      <c r="E101" s="12" t="s">
+        <v>381</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="G101" s="10">
+        <v>725319655</v>
+      </c>
+      <c r="H101" s="21"/>
+      <c r="I101" s="12" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="56" t="s">
+        <v>384</v>
+      </c>
+      <c r="B102" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C102" s="10">
+        <v>776747770</v>
+      </c>
+      <c r="D102" s="21"/>
+      <c r="E102" s="12" t="s">
+        <v>385</v>
+      </c>
+      <c r="F102" s="9"/>
+      <c r="G102" s="10"/>
+      <c r="H102" s="10"/>
+      <c r="I102" s="9"/>
+    </row>
+    <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="B103" s="9" t="s">
+        <v>387</v>
+      </c>
+      <c r="C103" s="10">
+        <v>722275714</v>
+      </c>
+      <c r="D103" s="10"/>
+      <c r="E103" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="F103" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="G103" s="10">
         <v>602510497</v>
       </c>
-      <c r="H100" s="11"/>
-[...60 lines deleted...]
-      <c r="G103" s="11"/>
       <c r="H103" s="11"/>
-      <c r="I103" s="11"/>
+      <c r="I103" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="J103" s="57"/>
+      <c r="K103" s="58"/>
+      <c r="L103" s="59"/>
     </row>
     <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="11" t="s">
-        <v>379</v>
-[...9 lines deleted...]
-        <v>381</v>
+        <v>391</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>392</v>
+      </c>
+      <c r="C104" s="60" t="s">
+        <v>393</v>
+      </c>
+      <c r="D104" s="61"/>
+      <c r="E104" s="14" t="s">
+        <v>394</v>
       </c>
       <c r="F104" s="11"/>
       <c r="G104" s="11"/>
       <c r="H104" s="11"/>
       <c r="I104" s="11"/>
     </row>
     <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="11" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-        <v>383</v>
+        <v>395</v>
+      </c>
+      <c r="B105" s="11" t="s">
+        <v>396</v>
       </c>
       <c r="C105" s="10">
-        <v>734753940</v>
+        <v>602784750</v>
       </c>
       <c r="D105" s="11"/>
-      <c r="E105" s="12" t="s">
-        <v>384</v>
+      <c r="E105" s="11" t="s">
+        <v>397</v>
       </c>
       <c r="F105" s="11"/>
-      <c r="G105" s="10"/>
+      <c r="G105" s="11"/>
       <c r="H105" s="11"/>
       <c r="I105" s="11"/>
     </row>
     <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="11" t="s">
-        <v>385</v>
+      <c r="A106" s="62" t="s">
+        <v>398</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="C106" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D106" s="10"/>
+        <v>774441975</v>
+      </c>
+      <c r="D106" s="11"/>
       <c r="E106" s="12" t="s">
-        <v>387</v>
-[...6 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="F106" s="11"/>
+      <c r="G106" s="11"/>
       <c r="H106" s="11"/>
-      <c r="I106" s="64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I106" s="11"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="9" t="s">
-[...12 lines deleted...]
-        <v>392</v>
+      <c r="A107" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="B107" s="11" t="s">
+        <v>401</v>
+      </c>
+      <c r="C107" s="10">
+        <v>602198030</v>
+      </c>
+      <c r="D107" s="11"/>
+      <c r="E107" s="12" t="s">
+        <v>402</v>
       </c>
       <c r="F107" s="11"/>
       <c r="G107" s="11"/>
       <c r="H107" s="11"/>
       <c r="I107" s="11"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="9" t="s">
-        <v>393</v>
+      <c r="A108" s="11" t="s">
+        <v>403</v>
       </c>
       <c r="B108" s="9" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="C108" s="10">
-        <v>602541368</v>
-[...1 lines deleted...]
-      <c r="D108" s="10"/>
+        <v>734753940</v>
+      </c>
+      <c r="D108" s="11"/>
       <c r="E108" s="12" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="F108" s="11"/>
       <c r="G108" s="10"/>
-      <c r="H108" s="10"/>
-      <c r="I108" s="12"/>
+      <c r="H108" s="11"/>
+      <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="9" t="s">
-[...3 lines deleted...]
-        <v>397</v>
+      <c r="A109" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>407</v>
       </c>
       <c r="C109" s="10">
-        <v>733527310</v>
+        <v>775317903</v>
       </c>
       <c r="D109" s="10"/>
       <c r="E109" s="12" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>408</v>
+      </c>
+      <c r="F109" s="11" t="s">
+        <v>409</v>
       </c>
       <c r="G109" s="10">
-        <v>733527310</v>
-[...3 lines deleted...]
-        <v>399</v>
+        <v>733181200</v>
+      </c>
+      <c r="H109" s="11"/>
+      <c r="I109" s="63" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="9" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="B110" s="9" t="s">
-        <v>401</v>
-[...6 lines deleted...]
-        <v>402</v>
+        <v>412</v>
+      </c>
+      <c r="C110" s="21">
+        <v>725744644</v>
+      </c>
+      <c r="D110" s="21">
+        <v>475201349</v>
+      </c>
+      <c r="E110" s="13" t="s">
+        <v>413</v>
       </c>
       <c r="F110" s="11"/>
       <c r="G110" s="11"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="9" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="B111" s="9" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="C111" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D111" s="11"/>
+        <v>602541368</v>
+      </c>
+      <c r="D111" s="10"/>
       <c r="E111" s="12" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="F111" s="11"/>
       <c r="G111" s="10"/>
-      <c r="H111" s="11"/>
-      <c r="I111" s="11"/>
+      <c r="H111" s="10"/>
+      <c r="I111" s="12"/>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="9" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>407</v>
-[...6 lines deleted...]
-        <v>409</v>
+        <v>418</v>
+      </c>
+      <c r="C112" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="D112" s="10"/>
+      <c r="E112" s="12" t="s">
+        <v>419</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>410</v>
-[...4 lines deleted...]
-      <c r="H112" s="17"/>
+        <v>418</v>
+      </c>
+      <c r="G112" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H112" s="10"/>
       <c r="I112" s="12" t="s">
-        <v>412</v>
-[...8 lines deleted...]
-    <row r="119" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+        <v>420</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="9" t="s">
+        <v>421</v>
+      </c>
+      <c r="B113" s="9" t="s">
+        <v>346</v>
+      </c>
+      <c r="C113" s="10">
+        <v>605880066</v>
+      </c>
+      <c r="D113" s="10"/>
+      <c r="E113" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="F113" s="11"/>
+      <c r="G113" s="11"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="11"/>
+    </row>
+    <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="9" t="s">
+        <v>423</v>
+      </c>
+      <c r="B114" s="9" t="s">
+        <v>424</v>
+      </c>
+      <c r="C114" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D114" s="11"/>
+      <c r="E114" s="12" t="s">
+        <v>425</v>
+      </c>
+      <c r="F114" s="11"/>
+      <c r="G114" s="10"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="11"/>
+    </row>
+    <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="9" t="s">
+        <v>426</v>
+      </c>
+      <c r="B115" s="9" t="s">
+        <v>427</v>
+      </c>
+      <c r="C115" s="17" t="s">
+        <v>428</v>
+      </c>
+      <c r="D115" s="17"/>
+      <c r="E115" s="13" t="s">
+        <v>429</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>430</v>
+      </c>
+      <c r="G115" s="17" t="s">
+        <v>431</v>
+      </c>
+      <c r="H115" s="17"/>
+      <c r="I115" s="12" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="14"/>
+      <c r="C118" s="58"/>
+      <c r="D118" s="58"/>
+      <c r="E118" s="59"/>
+    </row>
+    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E20" r:id="rId1" xr:uid="{9459893E-26F1-458C-8227-DC372C68D2C8}"/>
-[...117 lines deleted...]
-    <hyperlink ref="E39" r:id="rId119" xr:uid="{7ABE627A-2084-40C4-B380-56CB91528F51}"/>
+    <hyperlink ref="E20" r:id="rId1" xr:uid="{A1CBD76B-137A-4B32-96E3-34E98C04861E}"/>
+    <hyperlink ref="E14" r:id="rId2" xr:uid="{FEC5A158-788B-46A1-8A66-96CB27DA0742}"/>
+    <hyperlink ref="E80" r:id="rId3" xr:uid="{AAD91031-0258-41AB-9052-C4E920D55FA7}"/>
+    <hyperlink ref="E108" r:id="rId4" xr:uid="{C498D476-1CAE-4B7E-B95C-371B58E73CA3}"/>
+    <hyperlink ref="E62" r:id="rId5" xr:uid="{F771EE0C-23A9-44ED-82C8-28B77F1E06F3}"/>
+    <hyperlink ref="E19" r:id="rId6" xr:uid="{D00C49FD-1A3B-4A5E-AEC3-94E49D019E21}"/>
+    <hyperlink ref="E26" r:id="rId7" xr:uid="{DE592658-3D78-4FA6-B2DA-94DA4EF3DBC7}"/>
+    <hyperlink ref="E44" r:id="rId8" xr:uid="{617BD3E9-C696-434B-9C23-D69AEA7FD643}"/>
+    <hyperlink ref="E57" r:id="rId9" xr:uid="{2E72F9D2-BB22-47F4-BB9D-B4D7CCEE9E77}"/>
+    <hyperlink ref="E71" r:id="rId10" xr:uid="{7DC9E8A6-2863-496A-B9D8-14671B704213}"/>
+    <hyperlink ref="E70" r:id="rId11" xr:uid="{4C862BCF-A269-45AD-84F7-51245642AE05}"/>
+    <hyperlink ref="E86" r:id="rId12" xr:uid="{64173943-D780-4773-98A7-DEEB585F7E1B}"/>
+    <hyperlink ref="E60" r:id="rId13" xr:uid="{2AF37DA6-A73D-4274-8436-67C7BB84BE7B}"/>
+    <hyperlink ref="E89" r:id="rId14" xr:uid="{7997A252-BCEA-4A2C-A85F-3217C6E6EA98}"/>
+    <hyperlink ref="E79" r:id="rId15" xr:uid="{9EF5C93A-AE40-42A6-A8F6-58E80206EC6C}"/>
+    <hyperlink ref="E31" r:id="rId16" xr:uid="{DD7B2C5F-AD7C-4EC0-9CD9-36F6C34A285E}"/>
+    <hyperlink ref="E56" r:id="rId17" xr:uid="{613658B6-0C89-4DC6-9F3E-969018DEE436}"/>
+    <hyperlink ref="E115" r:id="rId18" xr:uid="{56F8AC9F-7CAC-4D61-823C-11D4928E597B}"/>
+    <hyperlink ref="E36" r:id="rId19" xr:uid="{F466C8B5-42E9-467A-A1A9-7C6B6350D134}"/>
+    <hyperlink ref="E37" r:id="rId20" xr:uid="{4B17A9F4-E839-4A48-9A48-07D00EA382EA}"/>
+    <hyperlink ref="E100" r:id="rId21" xr:uid="{20628E5D-BBFC-4044-90EB-206BAEBDFC5F}"/>
+    <hyperlink ref="E65" r:id="rId22" xr:uid="{847A3272-2FC4-49EB-9BFA-55D85B58F68D}"/>
+    <hyperlink ref="E9" r:id="rId23" xr:uid="{B0BF7402-FFD1-4283-9C34-7A056DF3C90E}"/>
+    <hyperlink ref="E13" r:id="rId24" xr:uid="{4A506B6A-6FD9-45F9-A76D-097CB1EA3547}"/>
+    <hyperlink ref="E72" r:id="rId25" xr:uid="{C1A83864-8A66-40F7-A34B-066B7CFF56B9}"/>
+    <hyperlink ref="I72" r:id="rId26" xr:uid="{83938CA3-32FA-4E31-AF7C-34A0C3631912}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{DB78028F-4AE2-4C6F-814E-D628E07B59D8}"/>
+    <hyperlink ref="E28" r:id="rId28" xr:uid="{5F7AE7EA-5FB7-42CA-AE7E-84B3B974C30A}"/>
+    <hyperlink ref="E111" r:id="rId29" xr:uid="{DD5A7CAF-2CB4-4F47-B92F-2345E3957C80}"/>
+    <hyperlink ref="E77" r:id="rId30" xr:uid="{1A314274-7670-4C61-A911-C1084AEA6504}"/>
+    <hyperlink ref="E11" r:id="rId31" xr:uid="{223D0641-6B1F-42A5-ADF1-5CE34639E4F8}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{65991C32-7496-47AA-B6B5-1597C79C3D99}"/>
+    <hyperlink ref="E29" r:id="rId33" xr:uid="{08249D64-D84F-401A-B3DD-5F376685E31D}"/>
+    <hyperlink ref="E10" r:id="rId34" xr:uid="{9C7E54A8-801A-41CC-8D32-56CA7A6FD603}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{1265D396-C2AE-4904-827A-958FA4C267A5}"/>
+    <hyperlink ref="E15" r:id="rId36" xr:uid="{7543A213-3C80-44BB-862D-6201A2599010}"/>
+    <hyperlink ref="I79" r:id="rId37" xr:uid="{DDC76589-9955-42F3-AD81-5A72D9FF1914}"/>
+    <hyperlink ref="E82" r:id="rId38" xr:uid="{55561AF3-0489-4F1F-BC08-ADED46D477C3}"/>
+    <hyperlink ref="E69" r:id="rId39" xr:uid="{3E71E35B-CCC6-4984-B719-41694D1A99DF}"/>
+    <hyperlink ref="I69" r:id="rId40" xr:uid="{5BBFECB7-46C5-4743-B8F7-E0FFD24A5527}"/>
+    <hyperlink ref="E102" r:id="rId41" xr:uid="{55DC9451-C646-4DA2-A957-D52982DD9F52}"/>
+    <hyperlink ref="E17" r:id="rId42" xr:uid="{1A5728F7-FA14-4364-A85E-DD8A18A0869D}"/>
+    <hyperlink ref="E18" r:id="rId43" xr:uid="{584BC402-73F9-49BF-A922-870B99BE9B5D}"/>
+    <hyperlink ref="E24" r:id="rId44" xr:uid="{279323EC-2C77-48AB-A984-67AF3BBAC28C}"/>
+    <hyperlink ref="E68" r:id="rId45" xr:uid="{A9DF531A-E9EC-4038-8EDF-098E8F1C54DB}"/>
+    <hyperlink ref="E39" r:id="rId46" xr:uid="{A8F04118-D4B5-4F6A-B2D9-10F30B14A2F1}"/>
+    <hyperlink ref="I39" r:id="rId47" xr:uid="{44E0C8F4-695A-4E54-982E-89DCA2258934}"/>
+    <hyperlink ref="E27" r:id="rId48" xr:uid="{11C6641C-5D2C-4863-90D2-8E9E032A15D6}"/>
+    <hyperlink ref="I27" r:id="rId49" xr:uid="{249947CD-4C1D-4B54-8CA3-CA467BBFB122}"/>
+    <hyperlink ref="E109" r:id="rId50" xr:uid="{F2C5AC1F-616C-4C1E-B11A-9767072612FA}"/>
+    <hyperlink ref="E107" r:id="rId51" xr:uid="{C11F2C4D-E1A6-433D-A34B-7F7DF44E4234}"/>
+    <hyperlink ref="E113" r:id="rId52" xr:uid="{ECAF6DD5-C77F-4529-AEB2-605AA1798326}"/>
+    <hyperlink ref="E49" r:id="rId53" xr:uid="{ED5CA8F8-E1AB-487E-A118-19D3AD98E565}"/>
+    <hyperlink ref="E85" r:id="rId54" xr:uid="{3E7DBFDA-FDF4-4910-98B8-C5B4AF27A240}"/>
+    <hyperlink ref="E84" r:id="rId55" xr:uid="{B608B2E5-7FFB-4444-95E7-0233A95C5D27}"/>
+    <hyperlink ref="E98" r:id="rId56" xr:uid="{E92FF797-20A0-47C1-A29D-C7F6063DD367}"/>
+    <hyperlink ref="E58" r:id="rId57" xr:uid="{86933958-2D89-49DE-AE52-EE9D3B09D11C}"/>
+    <hyperlink ref="I70" r:id="rId58" xr:uid="{5E78A33D-5DB4-4F3E-A16E-C85BA8E9BF56}"/>
+    <hyperlink ref="E42" r:id="rId59" xr:uid="{81126EC5-BA5A-4748-B8C8-EEDE6903FE06}"/>
+    <hyperlink ref="E25" r:id="rId60" xr:uid="{42B0A1AE-4B6A-4893-B06F-82593AC4727A}"/>
+    <hyperlink ref="E30" r:id="rId61" xr:uid="{61E523B3-5F07-489B-8612-CD81F088D540}"/>
+    <hyperlink ref="E103" r:id="rId62" xr:uid="{0B8CC89A-4351-4EF4-A28D-52FBB886B6B5}"/>
+    <hyperlink ref="E112" r:id="rId63" xr:uid="{DB695D64-B744-4B7D-93E5-B8339EA27A78}"/>
+    <hyperlink ref="I112" r:id="rId64" xr:uid="{BFF5454C-46D7-42F2-AD05-0AECA2EC5E6C}"/>
+    <hyperlink ref="E101" r:id="rId65" xr:uid="{3645D4D9-FEF8-4C4B-ABA1-2EBB4DD0E6F0}"/>
+    <hyperlink ref="I32" r:id="rId66" xr:uid="{8AA99834-01EB-4179-8D3D-3CF6A2E2582E}"/>
+    <hyperlink ref="E32" r:id="rId67" xr:uid="{D86C3518-2D0C-4E4E-896C-BB1444EBBE39}"/>
+    <hyperlink ref="I20" r:id="rId68" xr:uid="{96FB547C-013A-473B-B241-BBB6214EE643}"/>
+    <hyperlink ref="I100" r:id="rId69" xr:uid="{6F90A756-3F1E-46D5-82E7-4C14E1918FC7}"/>
+    <hyperlink ref="E21" r:id="rId70" xr:uid="{609D04C4-27C7-495E-AC99-91747C11D671}"/>
+    <hyperlink ref="I21" r:id="rId71" xr:uid="{067DEEC4-D3D5-41BE-B901-9F3E05BB7F12}"/>
+    <hyperlink ref="I51" r:id="rId72" xr:uid="{9B78052C-7E9A-447C-A600-A0F3967CFCC4}"/>
+    <hyperlink ref="I9" r:id="rId73" xr:uid="{02E627F4-31FF-4CBF-989E-B6A14BCBBC6F}"/>
+    <hyperlink ref="I18" r:id="rId74" xr:uid="{002D5747-158D-4574-9E81-E18286F29591}"/>
+    <hyperlink ref="I28" r:id="rId75" xr:uid="{2BF5F846-1987-4DAB-92BA-2BD26790E1F2}"/>
+    <hyperlink ref="E59" r:id="rId76" xr:uid="{6DDEAC30-2B6A-4CDC-BA2F-659DF21984E0}"/>
+    <hyperlink ref="E78" r:id="rId77" xr:uid="{24E6DC26-B09B-4760-BE3E-0CA8A9431EC0}"/>
+    <hyperlink ref="E63" r:id="rId78" xr:uid="{31BB66D9-5E25-40B0-8590-B7A5887C9790}"/>
+    <hyperlink ref="I63" r:id="rId79" xr:uid="{93A3C699-7206-4C29-891B-4F3181930D26}"/>
+    <hyperlink ref="I115" r:id="rId80" xr:uid="{B4DE3FAA-F22C-4B55-BC90-8C78A3DBD8A2}"/>
+    <hyperlink ref="E88" r:id="rId81" xr:uid="{8EC3ECCD-3DB6-41F3-87C4-FCA825D1ACB0}"/>
+    <hyperlink ref="E45" r:id="rId82" xr:uid="{5FCD99F3-DE1C-4729-ACCB-AD0748E89D6C}"/>
+    <hyperlink ref="I82" r:id="rId83" xr:uid="{54D05355-6582-48C6-9CA2-D4C4F55F8A2B}"/>
+    <hyperlink ref="I94" r:id="rId84" xr:uid="{4DD76833-1497-4B1B-B819-3C436C01A7F1}"/>
+    <hyperlink ref="I22" r:id="rId85" xr:uid="{81C7CEBD-495A-416A-A65B-9BBC1B862920}"/>
+    <hyperlink ref="I13" r:id="rId86" xr:uid="{0F4CD752-3A59-44B2-A6A6-F5C15755D8F4}"/>
+    <hyperlink ref="I92" r:id="rId87" xr:uid="{9C16B750-63FA-41AC-970C-8FF2C1F6F9EF}"/>
+    <hyperlink ref="E92" r:id="rId88" xr:uid="{4338B6F3-9661-46BB-985D-13706A88834C}"/>
+    <hyperlink ref="E66" r:id="rId89" xr:uid="{06051AEA-8F14-4E64-BF7D-D5DEB88D4675}"/>
+    <hyperlink ref="E55" r:id="rId90" xr:uid="{8C7ECFE2-D864-4BA0-9E24-2B87C7F20F7C}"/>
+    <hyperlink ref="E54" r:id="rId91" xr:uid="{5A039FF1-4B29-4573-9B4F-06619B124666}"/>
+    <hyperlink ref="I15" r:id="rId92" xr:uid="{86B5C116-3E55-40F4-B3FF-B96896B6A20E}"/>
+    <hyperlink ref="E16" r:id="rId93" xr:uid="{3ACF0FED-B6C2-4F76-B944-BF5F70A811D3}"/>
+    <hyperlink ref="E83" r:id="rId94" xr:uid="{5B200B4A-272B-4E7D-9EFA-5C31FA20637E}"/>
+    <hyperlink ref="E73" r:id="rId95" xr:uid="{9888138C-4BBB-4A3F-948D-026924225861}"/>
+    <hyperlink ref="E114" r:id="rId96" xr:uid="{7212AE75-8D5D-445F-9FC7-1752B7D51261}"/>
+    <hyperlink ref="E64" r:id="rId97" xr:uid="{842D2F6A-605B-4BBD-BFE4-8808AE29EE5D}"/>
+    <hyperlink ref="E106" r:id="rId98" xr:uid="{BC23EBEB-2B63-4B68-B0A5-03F7D1941845}"/>
+    <hyperlink ref="E41" r:id="rId99" xr:uid="{0DE7189F-AC9E-4668-9E28-DA9BF49DE321}"/>
+    <hyperlink ref="E8" r:id="rId100" xr:uid="{A7B50459-CB0D-467D-874C-254C8A0B19A7}"/>
+    <hyperlink ref="E38" r:id="rId101" xr:uid="{28EC5A35-1F67-4D00-8CC0-D0CF60AD35FA}"/>
+    <hyperlink ref="I24" r:id="rId102" xr:uid="{2457F706-699D-41A0-99BE-C3F302909784}"/>
+    <hyperlink ref="I16" r:id="rId103" xr:uid="{14100275-B90E-4717-A352-607D2B56F54C}"/>
+    <hyperlink ref="I109" r:id="rId104" display="mailto:matejovsky@retrolok.cz" xr:uid="{D4ECFB70-8CE8-4AE0-9F5C-5EB69A3ED282}"/>
+    <hyperlink ref="I101" r:id="rId105" xr:uid="{5EADD873-5A25-4B64-BA2A-D7012411EA41}"/>
+    <hyperlink ref="E110" r:id="rId106" xr:uid="{22EB3DFB-DF1C-4417-81E7-46D0D0E44F22}"/>
+    <hyperlink ref="E61" r:id="rId107" xr:uid="{BDE01C94-CBD8-475A-B1E5-FEE5D4BB2CD2}"/>
+    <hyperlink ref="I80" r:id="rId108" xr:uid="{3635ED11-C6D0-4BD9-890A-0C983CFCAEC7}"/>
+    <hyperlink ref="E34" r:id="rId109" xr:uid="{EF1AEF61-E6C4-48B4-8864-114CD4C2F7C5}"/>
+    <hyperlink ref="I26" r:id="rId110" xr:uid="{CEF7AE97-92EE-49F6-9651-8F653AF91D06}"/>
+    <hyperlink ref="I98" r:id="rId111" xr:uid="{71125538-5C6C-4658-8177-9BEB7B1707F4}"/>
+    <hyperlink ref="E67" r:id="rId112" xr:uid="{02619F3F-4E38-4F00-9CD0-DF1EC90EC08C}"/>
+    <hyperlink ref="E35" r:id="rId113" xr:uid="{2B3FED21-A2E2-40CA-922F-6C0A1EFCD925}"/>
+    <hyperlink ref="E40" r:id="rId114" xr:uid="{9E74C646-76BD-4F17-8734-EAE750B89E3C}"/>
+    <hyperlink ref="E33" r:id="rId115" xr:uid="{229437A5-353D-4B19-9004-1FE630EB60EA}"/>
+    <hyperlink ref="E96" r:id="rId116" xr:uid="{87DE8CC3-54B7-4FDA-B0EE-E63E0368B7D7}"/>
+    <hyperlink ref="I96" r:id="rId117" xr:uid="{D386C142-1212-4C4A-9C56-F4A9CC7B7AD0}"/>
+    <hyperlink ref="E99" r:id="rId118" xr:uid="{8F8DC56F-0D1E-4E75-B325-8B61410B1285}"/>
+    <hyperlink ref="I99" r:id="rId119" xr:uid="{C08FAC01-BBD2-4D48-BEAD-8EF43B8DF924}"/>
+    <hyperlink ref="E93" r:id="rId120" xr:uid="{F1198A47-DED3-46D3-A9D5-19F132253960}"/>
+    <hyperlink ref="E23" r:id="rId121" xr:uid="{2646BE06-82FB-483C-9D81-AA0FFA889F2C}"/>
+    <hyperlink ref="E74" r:id="rId122" xr:uid="{C7D77594-747F-41A0-8656-D02A0E262689}"/>
+    <hyperlink ref="I74" r:id="rId123" xr:uid="{E18C1189-DCAF-4ADD-9107-9C597C4E8B20}"/>
+    <hyperlink ref="E95" r:id="rId124" xr:uid="{DF161D9A-9C01-4FDC-B6C5-7E59F8E5B833}"/>
+    <hyperlink ref="I95" r:id="rId125" xr:uid="{CE9DDBC9-ED31-427E-9D41-E2AC4BEAEA94}"/>
+    <hyperlink ref="E50" r:id="rId126" xr:uid="{68966FAB-880E-437A-86DD-99E7B3C99F0F}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId120"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId127"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Verdana"&amp;7&amp;K000000 SŽ: Interní&amp;1#_x000D_</oddHeader>
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId121"/>
-[...2573 lines deleted...]
-  </headerFooter>
+  <legacyDrawing r:id="rId128"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65334bdb-ef60-40ad-ad10-aebc1eeffaa2}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>2 Operativa a MU</vt:lpstr>
-      <vt:lpstr>Změnový list operativy</vt:lpstr>
       <vt:lpstr>'2 Operativa a MU'!Názvy_tisku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sprava zeleznic, statni organizace</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Králová Dana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>