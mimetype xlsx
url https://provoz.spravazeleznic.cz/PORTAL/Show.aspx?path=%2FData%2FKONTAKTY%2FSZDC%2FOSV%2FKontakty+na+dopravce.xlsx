--- v1 (2026-01-17)
+++ v2 (2026-03-04)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A065FA67-AD23-418F-9BCA-49410281890C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D6ED69EB-6BEC-4EE2-8D08-4EF94653736C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6983F5A4-2ED5-431D-986D-4AD62B565FC1}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5E9301EA-5A7F-4F7C-B5DD-E558C3837EF5}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C60" authorId="0" shapeId="0" xr:uid="{49320397-2D16-4C4D-8673-0A375E9D3153}">
+    <comment ref="C63" authorId="0" shapeId="0" xr:uid="{21191C82-D495-4642-893C-A806ABFFC890}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D60" authorId="0" shapeId="0" xr:uid="{21CC8587-49AB-46E1-A7E7-8917538CAEA7}">
+    <comment ref="D63" authorId="0" shapeId="0" xr:uid="{910394DB-EFF4-4BFB-B307-C2652FC032FE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B69" authorId="1" shapeId="0" xr:uid="{6D9E8E25-39B2-4235-B717-EF7B811C70D2}">
+    <comment ref="B72" authorId="1" shapeId="0" xr:uid="{52306777-F40C-42E1-A58B-2C23E18646BA}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D69" authorId="1" shapeId="0" xr:uid="{3E7C10FC-3EEC-4241-B2E2-707CF181ADD1}">
+    <comment ref="D72" authorId="1" shapeId="0" xr:uid="{98936C62-9CDA-4923-B425-FED223057075}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F69" authorId="1" shapeId="0" xr:uid="{D8D0BBB8-1B81-42E5-9CE1-2EBB736AA9C5}">
+    <comment ref="F72" authorId="1" shapeId="0" xr:uid="{81AD2D8A-147B-4818-A867-631BEBC5913C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="438">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -261,50 +261,59 @@
   <si>
     <t>Cargo Motion s.r.o.</t>
   </si>
   <si>
     <t>Dispečer Cargo Motion</t>
   </si>
   <si>
     <t>724 382 430</t>
   </si>
   <si>
     <t>dispo@cargom.cz</t>
   </si>
   <si>
     <t>CD CARGO POLAND SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
   </si>
   <si>
     <t>Dyspozytor Zmianowy</t>
   </si>
   <si>
     <t>+48 511 910 481</t>
   </si>
   <si>
     <t>dyspozytura@cdcargo.pl</t>
   </si>
   <si>
+    <t>CER Cargo Traction GmbH</t>
+  </si>
+  <si>
+    <t>Dispečer</t>
+  </si>
+  <si>
+    <t>dispo@wlc-czechia.cz</t>
+  </si>
+  <si>
     <t>CER Slovakia a.s.</t>
   </si>
   <si>
     <t>Službu konající dispečer CERSK v CZ</t>
   </si>
   <si>
     <t>778 001 502</t>
   </si>
   <si>
     <t>dispo@cer-slovakia.eu</t>
   </si>
   <si>
     <t>Oldřich Pěnička</t>
   </si>
   <si>
     <t xml:space="preserve"> 774 365 100</t>
   </si>
   <si>
     <t>oldrich.penicka@cercargo.eu</t>
   </si>
   <si>
     <t>CityRail, a.s.</t>
   </si>
   <si>
     <t>Dispečer CTR</t>
@@ -342,77 +351,95 @@
   <si>
     <t>Martin Běl</t>
   </si>
   <si>
     <t>vedouciprovozu@czdplzen.cz</t>
   </si>
   <si>
     <t>České dráhy, a.s.</t>
   </si>
   <si>
     <t>síťový dispečer 1</t>
   </si>
   <si>
     <t>sitdisp1@gr.cd.cz</t>
   </si>
   <si>
     <t>DB Cargo Czechia s.r.o.</t>
   </si>
   <si>
     <t>Dispečink</t>
   </si>
   <si>
     <t>dispo.dbcargoczechia@deutschebahn.com</t>
   </si>
   <si>
-    <t>Vít Selucký</t>
-[...2 lines deleted...]
-    <t>vit.selucky@deutschebahn.com</t>
+    <t>Jiří Morávek</t>
+  </si>
+  <si>
+    <t>jiri.moravek@deutschebahn.com</t>
   </si>
   <si>
     <t>DBV-ITL, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Hana Pavlíčková Kurková</t>
   </si>
   <si>
     <t>dispo@dbv-itl.cz</t>
   </si>
   <si>
     <t>Ing. Václav Pavlíček</t>
   </si>
   <si>
     <t>Die Länderbahn CZ s.r.o.</t>
   </si>
   <si>
     <t>Dispečer DBL CZ</t>
   </si>
   <si>
     <t>dispo_dlb_cz@laenderbahn.com</t>
   </si>
   <si>
+    <t>DPB Rail Infra Service Czech Republic s.r.o.</t>
+  </si>
+  <si>
+    <t>Pavla Wojnarová</t>
+  </si>
+  <si>
+    <t>pavla.wojnarova@dpb-cz.com</t>
+  </si>
+  <si>
+    <t>Adrian Halay</t>
+  </si>
+  <si>
+    <t>+421 905 626 205</t>
+  </si>
+  <si>
+    <t>adrian.halay@dpb-sk.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">E-Railconstruct s.r.o. </t>
   </si>
   <si>
     <t>Jiří Kovařík</t>
   </si>
   <si>
     <t>kov.erail@seznam.cz</t>
   </si>
   <si>
     <t>Bc. Lukáš Procházka</t>
   </si>
   <si>
     <t>prochazka@e-railconstruct.cz</t>
   </si>
   <si>
     <t>Elektrizace železnic Praha a.s.</t>
   </si>
   <si>
     <t>Lukáš Matucha</t>
   </si>
   <si>
     <t>lukas.matucha@elzel.cz</t>
   </si>
   <si>
     <t>Tomáš Matucha</t>
@@ -442,50 +469,62 @@
     <t>dispečerské pracoviště ETTS</t>
   </si>
   <si>
     <t>dispo@etts.cz</t>
   </si>
   <si>
     <t>Karek Perner</t>
   </si>
   <si>
     <t>perner@etts.cz</t>
   </si>
   <si>
     <t>EUROVIA CZ a.s.</t>
   </si>
   <si>
     <t>Jan Modráček</t>
   </si>
   <si>
     <t>jan.modracek@vinci-construction.com</t>
   </si>
   <si>
     <t>Vít Motyčka</t>
   </si>
   <si>
     <t>vit.motycka@vinci-construction.com</t>
+  </si>
+  <si>
+    <t>FALCON RAIL CZ s.r.o.</t>
+  </si>
+  <si>
+    <t>Norbert Mokry</t>
+  </si>
+  <si>
+    <t>+421 917 428 158</t>
+  </si>
+  <si>
+    <t>mokry@falcon-rail.eu</t>
   </si>
   <si>
     <t>FIRESTA-Fišer, rekonstrukce, stavby a.s.</t>
   </si>
   <si>
     <t>Ing. Tomáš Živný</t>
   </si>
   <si>
     <t>zivny@firesta.cz</t>
   </si>
   <si>
     <t>Gepard Express, SE</t>
   </si>
   <si>
     <t>Dispečink GE</t>
   </si>
   <si>
     <t>vlaky@gepard.com</t>
   </si>
   <si>
     <t>Tereza Hlíněná</t>
   </si>
   <si>
     <t>hlinena@gepard.com</t>
   </si>
@@ -981,62 +1020,50 @@
     <t>+421 907 701 992</t>
   </si>
   <si>
     <t>dispecer@psz.sk</t>
   </si>
   <si>
     <t>PRZEDSIEBIORSTWO USŁUG KOLEJOWYCH KOLPREM SPÓŁKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
     <t>Jan Tvrdý</t>
   </si>
   <si>
     <t>737 236 986</t>
   </si>
   <si>
     <t>obchod@zxbenet.cz</t>
   </si>
   <si>
     <t>Lenka Zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>774 441 975</t>
   </si>
   <si>
     <t>zwyrtkova@zxbenet.cz</t>
-  </si>
-[...10 lines deleted...]
-    <t>mokry.norbert@falcon-rail.eu</t>
   </si>
   <si>
     <t>Puš s.r.o.</t>
   </si>
   <si>
     <t>Ing. Milan Puš</t>
   </si>
   <si>
     <t>603 454 355</t>
   </si>
   <si>
     <t>499 622 613</t>
   </si>
   <si>
     <t>milanpus@mkinet.cz</t>
   </si>
   <si>
     <t>Ing. Jana Kolářová</t>
   </si>
   <si>
     <t>604 780 781</t>
   </si>
   <si>
     <t>provoz.pus@mkinet.cz</t>
   </si>
@@ -1126,65 +1153,65 @@
   <si>
     <t>Jaroslava Husáková</t>
   </si>
   <si>
     <t>605 073 620</t>
   </si>
   <si>
     <t>jaroslava.husakova.jh@gmail.com</t>
   </si>
   <si>
     <t>Andrea Forejtková</t>
   </si>
   <si>
     <t>739 739 039</t>
   </si>
   <si>
     <t>forejtkova@rcas.cz</t>
   </si>
   <si>
     <t>RegioJet a.s.</t>
   </si>
   <si>
     <t>dispecer@regiojet.cz</t>
   </si>
   <si>
+    <t>Jiří Dudič</t>
+  </si>
+  <si>
+    <t>jiri.dudic@regiojet.cz</t>
+  </si>
+  <si>
     <t>RegioJet ÚK a.s.</t>
   </si>
   <si>
     <t>Dispečer RJÚK</t>
   </si>
   <si>
     <t>dispecer.RJUK@regiojet.cz</t>
   </si>
   <si>
-    <t>Jiří Dudič</t>
-[...4 lines deleted...]
-  <si>
     <t>REKOP s.r.o.</t>
   </si>
   <si>
     <t>Luděk Svoboda</t>
   </si>
   <si>
     <t>draznidoprava@re-kop.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Retrack Czech s. r. o. </t>
   </si>
   <si>
     <t>Dispečer ve směně</t>
   </si>
   <si>
     <t>dispo-retrackcz@vtg.com</t>
   </si>
   <si>
     <t xml:space="preserve">Retrack Slovakia s. r. o. </t>
   </si>
   <si>
     <t>Roman Uzsák</t>
   </si>
   <si>
     <t>+421 910 990 229</t>
@@ -1213,95 +1240,89 @@
   <si>
     <t>michal.tocev@rts-rail.com</t>
   </si>
   <si>
     <t>S-Rail CZ s.r.o.</t>
   </si>
   <si>
     <t>777 654 842</t>
   </si>
   <si>
     <t>dispo@s-rail.cz</t>
   </si>
   <si>
     <t>SART-stavby a rekonstrukce a.s.</t>
   </si>
   <si>
     <t>Mojmír Havlíček</t>
   </si>
   <si>
     <t>zddesna@sart.cz</t>
   </si>
   <si>
     <t>SD - Kolejová doprava, a.s.</t>
   </si>
   <si>
-    <t>dispečer vl. dop. SD-KD</t>
-[...1 lines deleted...]
-  <si>
     <t>dispecer_SDKD@sd-kd.cz</t>
   </si>
   <si>
     <t>SEŽEV-REKO, a.s.</t>
   </si>
   <si>
     <t>Miloš Ryšavý</t>
   </si>
   <si>
     <t>rysavy@sezev-reko.cz</t>
   </si>
   <si>
     <t>Miroslav Válek</t>
   </si>
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
   </si>
   <si>
     <t>Ing. Jan Popelka</t>
   </si>
   <si>
     <t>(v případě MU)</t>
   </si>
   <si>
     <t>jan.popelka2@skanska.cz</t>
   </si>
   <si>
     <t>Slezské zemské dráhy, o.p.s.</t>
   </si>
   <si>
-    <t>Dispečer</t>
-[...1 lines deleted...]
-  <si>
     <t>Marek Neděla</t>
   </si>
   <si>
     <t>provoz@osoblazsko.com</t>
   </si>
   <si>
     <t>SLEZSKOMORAVSKÁ DRÁHA a.s.</t>
   </si>
   <si>
     <t>Ing. Martin Uherek</t>
   </si>
   <si>
     <t>uherekmartin@slezskomoravskadraha.cz</t>
   </si>
   <si>
     <t>Petr Majola</t>
   </si>
   <si>
     <t>smdmp@cmail.cz</t>
   </si>
   <si>
     <t>SOFISTIK SERVIS s.r.o.</t>
   </si>
   <si>
     <t>Petr Hruška</t>
@@ -1478,122 +1499,120 @@
     <t>Bc. Jiří Waicenbauer</t>
   </si>
   <si>
     <t>jiri.waicenbauer@viamont.cz</t>
   </si>
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
   <si>
     <t>j.bouska@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>kadr.dispo@vychodoceskadraha.cz</t>
-  </si>
-[...4 lines deleted...]
-    <t>dispo@wlc-czechia.cz</t>
   </si>
   <si>
     <t>Zubačka provoz s.r.o.</t>
   </si>
   <si>
     <t>Ing. Petr Prokeš</t>
   </si>
   <si>
     <t>prokes@zubacka.cz</t>
   </si>
   <si>
     <t>Zug agency s.r.o.</t>
   </si>
   <si>
     <t>Miroslav Bezouška</t>
   </si>
   <si>
     <t>776 103 540</t>
   </si>
   <si>
     <t>dispo@zugagency.cz</t>
   </si>
   <si>
     <t>Ing. Martin Horváth</t>
   </si>
   <si>
     <t>+421 917 756 085</t>
   </si>
   <si>
     <t>horvath@zugagency.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1744,180 +1763,182 @@
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -2182,59 +2203,60 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.halay@dpb-sk.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavla.wojnarova@dpb-cz.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.moravek@deutschebahn.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{084718F6-3EF2-447E-9FBA-2FDD73F4A5E8}">
-  <dimension ref="A1:L122"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B89BA983-7E64-4D64-8041-958693AB308C}">
+  <dimension ref="A1:L123"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection sqref="A1:M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.7109375" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
     <col min="257" max="257" width="64.7109375" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
@@ -3064,2511 +3086,2544 @@
       <c r="A8" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="12" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="11"/>
       <c r="G8" s="16"/>
       <c r="H8" s="18"/>
       <c r="I8" s="11"/>
     </row>
     <row r="9" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C9" s="10">
+        <v>605880066</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D9" s="16"/>
-[...12 lines deleted...]
-      </c>
+      <c r="F9" s="11"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="11"/>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="16"/>
+      <c r="E10" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="9" t="s">
+      <c r="G10" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="10">
-[...3 lines deleted...]
-      <c r="E10" s="12" t="s">
+      <c r="H10" s="16"/>
+      <c r="I10" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="F10" s="11"/>
-[...2 lines deleted...]
-      <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="10">
-        <v>702151221</v>
+        <v>605880066</v>
       </c>
       <c r="D11" s="10"/>
       <c r="E11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="11"/>
-      <c r="G11" s="11"/>
+      <c r="G11" s="10"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="10">
-        <v>972325980</v>
-[...2 lines deleted...]
-      <c r="E12" s="11" t="s">
+        <v>702151221</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="11"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="19" t="s">
+      <c r="A13" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B13" s="20" t="s">
+      <c r="B13" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="10">
+        <v>972325980</v>
+      </c>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="11"/>
+    </row>
+    <row r="14" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="10">
         <v>602486558</v>
       </c>
-      <c r="D13" s="10"/>
-[...6 lines deleted...]
-      <c r="G13" s="10">
+      <c r="D14" s="10"/>
+      <c r="E14" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="10">
         <v>732551970</v>
       </c>
-      <c r="H13" s="11"/>
-[...17 lines deleted...]
-      <c r="E14" s="12" t="s">
+      <c r="H14" s="11"/>
+      <c r="I14" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="F14" s="11"/>
-[...2 lines deleted...]
-      <c r="I14" s="11"/>
     </row>
     <row r="15" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="9" t="s">
+      <c r="A15" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="10">
-        <v>702222805</v>
-[...1 lines deleted...]
-      <c r="D15" s="10"/>
+        <v>606793647</v>
+      </c>
+      <c r="D15" s="10">
+        <v>972232604</v>
+      </c>
       <c r="E15" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="F15" s="9" t="s">
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+    </row>
+    <row r="16" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="G15" s="10">
-[...3 lines deleted...]
-      <c r="I15" s="12" t="s">
+      <c r="B16" s="11" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="11" t="s">
+      <c r="C16" s="10">
+        <v>702222805</v>
+      </c>
+      <c r="D16" s="10"/>
+      <c r="E16" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="B16" s="11" t="s">
+      <c r="F16" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="C16" s="10">
-[...8 lines deleted...]
-      </c>
       <c r="G16" s="10">
-        <v>724088186</v>
-[...2 lines deleted...]
-      <c r="I16" s="13" t="s">
+        <v>793918365</v>
+      </c>
+      <c r="H16" s="10"/>
+      <c r="I16" s="12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="B17" s="9" t="s">
+      <c r="C17" s="10">
+        <v>723179220</v>
+      </c>
+      <c r="D17" s="11"/>
+      <c r="E17" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="10">
-[...5 lines deleted...]
-      <c r="E17" s="12" t="s">
+      <c r="F17" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="F17" s="11"/>
-      <c r="G17" s="11"/>
+      <c r="G17" s="10">
+        <v>724088186</v>
+      </c>
       <c r="H17" s="11"/>
-      <c r="I17" s="11"/>
+      <c r="I17" s="13" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="18" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="9" t="s">
+      <c r="A18" s="11" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="10">
-        <v>776747770</v>
-[...1 lines deleted...]
-      <c r="D18" s="11"/>
+        <v>777461541</v>
+      </c>
+      <c r="D18" s="10">
+        <v>478479220</v>
+      </c>
       <c r="E18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="F18" s="11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
       <c r="H18" s="11"/>
-      <c r="I18" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="11"/>
     </row>
     <row r="19" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="10">
+        <v>799015399</v>
+      </c>
+      <c r="D19" s="10"/>
+      <c r="E19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B19" s="9" t="s">
+      <c r="F19" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C19" s="10">
-[...5 lines deleted...]
-      <c r="E19" s="12" t="s">
+      <c r="G19" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="F19" s="11" t="s">
+      <c r="H19" s="11"/>
+      <c r="I19" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="G19" s="21">
-[...5 lines deleted...]
-      <c r="I19" s="11" t="s">
+    </row>
+    <row r="20" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="9" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="11" t="s">
+      <c r="B20" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="B20" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="10">
-        <v>739481038</v>
+        <v>776747770</v>
       </c>
       <c r="D20" s="11"/>
       <c r="E20" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="F20" s="11" t="s">
+      <c r="G20" s="10">
+        <v>736757987</v>
+      </c>
+      <c r="H20" s="11"/>
+      <c r="I20" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="G20" s="10">
-[...3 lines deleted...]
-      <c r="I20" s="12" t="s">
+    </row>
+    <row r="21" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="9" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="B21" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="B21" s="9" t="s">
+      <c r="C21" s="10">
+        <v>702150733</v>
+      </c>
+      <c r="D21" s="10">
+        <v>296500282</v>
+      </c>
+      <c r="E21" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="C21" s="10">
-[...3 lines deleted...]
-      <c r="E21" s="12" t="s">
+      <c r="F21" s="11" t="s">
         <v>78</v>
       </c>
-      <c r="F21" s="9" t="s">
+      <c r="G21" s="21">
+        <v>602596609</v>
+      </c>
+      <c r="H21" s="10">
+        <v>296500552</v>
+      </c>
+      <c r="I21" s="11" t="s">
         <v>79</v>
-      </c>
-[...5 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="B22" s="11" t="s">
+      <c r="C22" s="10">
+        <v>739481038</v>
+      </c>
+      <c r="D22" s="11"/>
+      <c r="E22" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="C22" s="10">
-[...3 lines deleted...]
-      <c r="E22" s="13" t="s">
+      <c r="F22" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="F22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="10">
-        <v>732694557</v>
+        <v>602288814</v>
       </c>
       <c r="H22" s="11"/>
       <c r="I22" s="12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="11" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="B23" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="9" t="s">
+      <c r="C23" s="10">
+        <v>739237535</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="C23" s="10">
+      <c r="F23" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="10">
+        <v>731859025</v>
+      </c>
+      <c r="H23" s="11"/>
+      <c r="I23" s="12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="10">
+        <v>731122694</v>
+      </c>
+      <c r="D24" s="10"/>
+      <c r="E24" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" s="10">
+        <v>732694557</v>
+      </c>
+      <c r="H24" s="11"/>
+      <c r="I24" s="12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="23"/>
+      <c r="E25" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="12"/>
+    </row>
+    <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="10">
         <v>602741181</v>
       </c>
-      <c r="D23" s="11"/>
-[...75 lines deleted...]
-      </c>
+      <c r="D26" s="11"/>
+      <c r="E26" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="12"/>
     </row>
     <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="9" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      <c r="D27" s="11"/>
+        <v>102</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" s="26">
+        <v>702092324</v>
+      </c>
+      <c r="D27" s="27"/>
       <c r="E27" s="12" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="H27" s="11"/>
+        <v>104</v>
+      </c>
+      <c r="F27" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G27" s="26">
+        <v>735874449</v>
+      </c>
+      <c r="H27" s="27"/>
       <c r="I27" s="12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="26">
+        <v>604537231</v>
+      </c>
+      <c r="D28" s="27"/>
       <c r="E28" s="12" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="G28" s="10">
+        <v>109</v>
+      </c>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="11"/>
+    </row>
+    <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C29" s="26">
+        <v>735150999</v>
+      </c>
+      <c r="D29" s="27"/>
+      <c r="E29" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="G29" s="26">
+        <v>735150999</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C30" s="10">
         <v>734640824</v>
       </c>
-      <c r="H28" s="10">
-[...35 lines deleted...]
-      <c r="D30" s="10"/>
+      <c r="D30" s="11"/>
       <c r="E30" s="12" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="G30" s="10"/>
+        <v>115</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="10">
+        <v>793941741</v>
+      </c>
       <c r="H30" s="11"/>
-      <c r="I30" s="12"/>
+      <c r="I30" s="12" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>118</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>119</v>
       </c>
       <c r="C31" s="10">
-        <v>601372636</v>
-[...1 lines deleted...]
-      <c r="D31" s="10"/>
+        <v>733785017</v>
+      </c>
+      <c r="D31" s="10">
+        <v>389009257</v>
+      </c>
       <c r="E31" s="12" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="I31" s="11"/>
+        <v>120</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G31" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H31" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I31" s="12" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C32" s="10">
-        <v>737634614</v>
+        <v>602413669</v>
       </c>
       <c r="D32" s="10"/>
       <c r="E32" s="12" t="s">
-        <v>120</v>
-[...10 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="F32" s="11"/>
+      <c r="G32" s="10"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="12"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="9" t="s">
-        <v>123</v>
+      <c r="A33" s="11" t="s">
+        <v>125</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C33" s="10">
-        <v>720862719</v>
-[...1 lines deleted...]
-      <c r="D33" s="11"/>
+        <v>702169442</v>
+      </c>
+      <c r="D33" s="10"/>
       <c r="E33" s="12" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="11"/>
+      <c r="G33" s="10"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="11"/>
+      <c r="I33" s="12"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="9" t="s">
-        <v>126</v>
+      <c r="A34" s="11" t="s">
+        <v>128</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>774922259</v>
+        <v>129</v>
+      </c>
+      <c r="C34" s="10">
+        <v>601372636</v>
       </c>
       <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="10"/>
+      <c r="G34" s="11"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="27"/>
+      <c r="I34" s="11"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>132</v>
       </c>
       <c r="C35" s="10">
-        <v>724028968</v>
-[...1 lines deleted...]
-      <c r="D35" s="11"/>
+        <v>737634614</v>
+      </c>
+      <c r="D35" s="10"/>
       <c r="E35" s="12" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="I35" s="11"/>
+        <v>133</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="10">
+        <v>605001534</v>
+      </c>
+      <c r="H35" s="10"/>
+      <c r="I35" s="12" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="11" t="s">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="A36" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>137</v>
       </c>
       <c r="C36" s="10">
-        <v>725933605</v>
+        <v>720862719</v>
       </c>
       <c r="D36" s="11"/>
       <c r="E36" s="12" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="11" t="s">
-        <v>134</v>
+      <c r="A37" s="9" t="s">
+        <v>139</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>135</v>
-[...6 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="C37" s="29">
+        <v>774922259</v>
+      </c>
+      <c r="D37" s="10"/>
       <c r="E37" s="12" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F37" s="11"/>
-      <c r="G37" s="11"/>
+      <c r="G37" s="10"/>
       <c r="H37" s="11"/>
-      <c r="I37" s="11"/>
+      <c r="I37" s="30"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="9" t="s">
-        <v>136</v>
+      <c r="A38" s="11" t="s">
+        <v>142</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="D38" s="21"/>
+        <v>143</v>
+      </c>
+      <c r="C38" s="10">
+        <v>724028968</v>
+      </c>
+      <c r="D38" s="11"/>
       <c r="E38" s="12" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
     </row>
     <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="28" t="s">
-[...6 lines deleted...]
-        <v>141</v>
+      <c r="A39" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C39" s="10">
+        <v>725933605</v>
       </c>
       <c r="D39" s="11"/>
       <c r="E39" s="12" t="s">
-        <v>142</v>
-[...10 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="F39" s="11"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="11"/>
+      <c r="I39" s="11"/>
     </row>
     <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="29" t="s">
-        <v>145</v>
+      <c r="A40" s="11" t="s">
+        <v>147</v>
       </c>
       <c r="B40" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C40" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D40" s="10">
+        <v>725933605</v>
+      </c>
+      <c r="E40" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="C40" s="17" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="12"/>
+      <c r="F40" s="11"/>
+      <c r="G40" s="11"/>
+      <c r="H40" s="11"/>
+      <c r="I40" s="11"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="31" t="s">
+      <c r="A41" s="9" t="s">
         <v>149</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="C41" s="17" t="s">
+      <c r="C41" s="31">
+        <v>777491367</v>
+      </c>
+      <c r="D41" s="31"/>
+      <c r="E41" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="D41" s="17" t="s">
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
+    </row>
+    <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="32" t="s">
         <v>152</v>
       </c>
-      <c r="E41" s="12" t="s">
+      <c r="B42" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="9"/>
-[...5 lines deleted...]
-      <c r="A42" s="11" t="s">
+      <c r="C42" s="17" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>727844219</v>
       </c>
       <c r="D42" s="11"/>
       <c r="E42" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="F42" s="9" t="s">
         <v>156</v>
       </c>
-      <c r="F42" s="11" t="s">
+      <c r="G42" s="17" t="s">
         <v>157</v>
       </c>
-      <c r="G42" s="10">
-[...2 lines deleted...]
-      <c r="H42" s="9" t="s">
+      <c r="H42" s="17"/>
+      <c r="I42" s="12" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="33" t="s">
         <v>158</v>
       </c>
-      <c r="I42" s="11" t="s">
+      <c r="B43" s="9" t="s">
         <v>159</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="11" t="s">
+      <c r="C43" s="17" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="11" t="s">
+      <c r="D43" s="11"/>
+      <c r="E43" s="34" t="s">
         <v>161</v>
       </c>
-      <c r="C43" s="10">
-[...3 lines deleted...]
-      <c r="E43" s="11" t="s">
+      <c r="F43" s="9"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="12"/>
+    </row>
+    <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="35" t="s">
         <v>162</v>
       </c>
-      <c r="F43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="11" t="s">
+      <c r="B44" s="9" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="9" t="s">
+      <c r="C44" s="17" t="s">
         <v>164</v>
       </c>
-      <c r="C44" s="10">
-[...2 lines deleted...]
-      <c r="D44" s="11"/>
+      <c r="D44" s="17" t="s">
+        <v>165</v>
+      </c>
       <c r="E44" s="12" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      <c r="H44" s="11"/>
+        <v>166</v>
+      </c>
+      <c r="F44" s="9"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="B45" s="11" t="s">
         <v>167</v>
       </c>
+      <c r="B45" s="9" t="s">
+        <v>168</v>
+      </c>
       <c r="C45" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D45" s="10"/>
+        <v>727844219</v>
+      </c>
+      <c r="D45" s="11"/>
       <c r="E45" s="12" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="I45" s="12"/>
+        <v>169</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="G45" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="I45" s="11" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="11" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>173</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>174</v>
       </c>
       <c r="C46" s="10">
-        <v>777490011</v>
-[...1 lines deleted...]
-      <c r="D46" s="10"/>
+        <v>603729639</v>
+      </c>
+      <c r="D46" s="11"/>
       <c r="E46" s="11" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F46" s="11"/>
-      <c r="G46" s="10"/>
-      <c r="H46" s="10"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="9" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="A47" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>177</v>
       </c>
       <c r="C47" s="10">
-        <v>777490011</v>
-[...3 lines deleted...]
-        <v>171</v>
+        <v>603865027</v>
+      </c>
+      <c r="D47" s="11"/>
+      <c r="E47" s="12" t="s">
+        <v>178</v>
       </c>
       <c r="F47" s="11"/>
       <c r="G47" s="10"/>
       <c r="H47" s="11"/>
-      <c r="I47" s="11"/>
+      <c r="I47" s="12"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="9" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="A48" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>180</v>
       </c>
       <c r="C48" s="10">
+        <v>735177500</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" s="9"/>
+      <c r="G48" s="10"/>
+      <c r="H48" s="10"/>
+      <c r="I48" s="12"/>
+    </row>
+    <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" s="10">
         <v>777490011</v>
       </c>
-      <c r="D48" s="10"/>
-[...20 lines deleted...]
-        <v>176</v>
+      <c r="D49" s="10"/>
+      <c r="E49" s="11" t="s">
+        <v>184</v>
       </c>
       <c r="F49" s="11"/>
-      <c r="G49" s="11"/>
-      <c r="H49" s="11"/>
+      <c r="G49" s="10"/>
+      <c r="H49" s="10"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="9" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>185</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>183</v>
       </c>
       <c r="C50" s="10">
-        <v>777750299</v>
-[...5 lines deleted...]
-      <c r="F50" s="9"/>
+        <v>777490011</v>
+      </c>
+      <c r="D50" s="10"/>
+      <c r="E50" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="F50" s="11"/>
       <c r="G50" s="10"/>
       <c r="H50" s="11"/>
       <c r="I50" s="11"/>
     </row>
     <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="9" t="s">
-        <v>180</v>
-[...7 lines deleted...]
-      <c r="D51" s="11"/>
+        <v>186</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C51" s="10">
+        <v>777490011</v>
+      </c>
+      <c r="D51" s="10"/>
       <c r="E51" s="11" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="F51" s="9" t="s">
         <v>184</v>
       </c>
-      <c r="G51" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F51" s="11"/>
+      <c r="G51" s="10"/>
       <c r="H51" s="11"/>
-      <c r="I51" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="11"/>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="11" t="s">
+      <c r="A52" s="9" t="s">
         <v>187</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="C52" s="10">
-        <v>606091021</v>
+        <v>604750035</v>
       </c>
       <c r="D52" s="11"/>
-      <c r="E52" s="11" t="s">
-        <v>188</v>
+      <c r="E52" s="12" t="s">
+        <v>189</v>
       </c>
       <c r="F52" s="11"/>
-      <c r="G52" s="10"/>
+      <c r="G52" s="11"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="11" t="s">
-        <v>189</v>
+      <c r="A53" s="9" t="s">
+        <v>190</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C53" s="10">
-        <v>775360552</v>
+        <v>777750299</v>
       </c>
       <c r="D53" s="11"/>
-      <c r="E53" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="11"/>
+      <c r="E53" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="F53" s="9"/>
       <c r="G53" s="10"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
     </row>
     <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="11" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="A54" s="9" t="s">
         <v>193</v>
       </c>
-      <c r="C54" s="10">
-[...2 lines deleted...]
-      <c r="D54" s="17" t="s">
+      <c r="B54" s="11" t="s">
         <v>194</v>
       </c>
-      <c r="E54" s="12" t="s">
+      <c r="C54" s="36" t="s">
         <v>195</v>
       </c>
-      <c r="F54" s="11"/>
-[...2 lines deleted...]
-      <c r="I54" s="12"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="G54" s="36" t="s">
+        <v>198</v>
+      </c>
+      <c r="H54" s="11"/>
+      <c r="I54" s="12" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="9" t="s">
-[...12 lines deleted...]
-        <v>198</v>
+      <c r="A55" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C55" s="10">
+        <v>606091021</v>
+      </c>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11" t="s">
+        <v>201</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="32"/>
-[...1 lines deleted...]
-      <c r="I55" s="12"/>
+      <c r="G55" s="10"/>
+      <c r="H55" s="11"/>
+      <c r="I55" s="11"/>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C56" s="10">
-        <v>731415372</v>
+        <v>775360552</v>
       </c>
       <c r="D56" s="11"/>
-      <c r="E56" s="12" t="s">
-        <v>201</v>
+      <c r="E56" s="11" t="s">
+        <v>204</v>
       </c>
       <c r="F56" s="11"/>
-      <c r="G56" s="11"/>
+      <c r="G56" s="10"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
     </row>
     <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="11" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B57" s="9" t="s">
-        <v>50</v>
+        <v>206</v>
       </c>
       <c r="C57" s="10">
-        <v>731676301</v>
-[...1 lines deleted...]
-      <c r="D57" s="10"/>
+        <v>775567311</v>
+      </c>
+      <c r="D57" s="17" t="s">
+        <v>207</v>
+      </c>
       <c r="E57" s="12" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="10"/>
+      <c r="G57" s="36"/>
       <c r="H57" s="10"/>
       <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="9" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B58" s="9" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="D58" s="10"/>
+        <v>210</v>
+      </c>
+      <c r="C58" s="37">
+        <v>775567311</v>
+      </c>
+      <c r="D58" s="17" t="s">
+        <v>207</v>
+      </c>
       <c r="E58" s="12" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="11"/>
-[...1 lines deleted...]
-      <c r="I58" s="11"/>
+      <c r="G58" s="36"/>
+      <c r="H58" s="10"/>
+      <c r="I58" s="12"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="11" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>212</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>213</v>
       </c>
       <c r="C59" s="10">
-        <v>606730273</v>
+        <v>731415372</v>
       </c>
       <c r="D59" s="11"/>
       <c r="E59" s="12" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="F59" s="11"/>
-      <c r="G59" s="10"/>
+      <c r="G59" s="11"/>
       <c r="H59" s="11"/>
       <c r="I59" s="11"/>
     </row>
     <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="11" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>210</v>
+        <v>53</v>
       </c>
       <c r="C60" s="10">
-        <v>736609903</v>
+        <v>731676301</v>
       </c>
       <c r="D60" s="10"/>
       <c r="E60" s="12" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="I60" s="9"/>
+        <v>216</v>
+      </c>
+      <c r="F60" s="11"/>
+      <c r="G60" s="10"/>
+      <c r="H60" s="10"/>
+      <c r="I60" s="38"/>
     </row>
     <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>218</v>
+      </c>
+      <c r="C61" s="10">
+        <v>731676301</v>
       </c>
       <c r="D61" s="10"/>
       <c r="E61" s="12" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="I61" s="9"/>
+        <v>216</v>
+      </c>
+      <c r="F61" s="11"/>
+      <c r="G61" s="11"/>
+      <c r="H61" s="11"/>
+      <c r="I61" s="11"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="9" t="s">
-        <v>216</v>
+      <c r="A62" s="11" t="s">
+        <v>219</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="C62" s="10">
-        <v>733712954</v>
-[...1 lines deleted...]
-      <c r="D62" s="10"/>
+        <v>606730273</v>
+      </c>
+      <c r="D62" s="11"/>
       <c r="E62" s="12" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F62" s="11"/>
-      <c r="G62" s="11"/>
+      <c r="G62" s="10"/>
       <c r="H62" s="11"/>
       <c r="I62" s="11"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B63" s="9" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C63" s="10">
-        <v>731451532</v>
-[...3 lines deleted...]
-      </c>
+        <v>736609903</v>
+      </c>
+      <c r="D63" s="10"/>
       <c r="E63" s="12" t="s">
-        <v>220</v>
-[...12 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="F63" s="9"/>
+      <c r="G63" s="39"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>601502564</v>
+        <v>226</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>227</v>
       </c>
       <c r="D64" s="10"/>
       <c r="E64" s="12" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F64" s="9"/>
-      <c r="G64" s="10"/>
-[...1 lines deleted...]
-      <c r="I64" s="12"/>
+      <c r="G64" s="39"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
     </row>
     <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="9" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>227</v>
+        <v>53</v>
       </c>
       <c r="C65" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D65" s="11"/>
+        <v>733712954</v>
+      </c>
+      <c r="D65" s="10"/>
       <c r="E65" s="12" t="s">
-        <v>228</v>
-[...4 lines deleted...]
-      <c r="G65" s="10"/>
+        <v>230</v>
+      </c>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B66" s="9" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C66" s="10">
-        <v>731208060</v>
-[...1 lines deleted...]
-      <c r="D66" s="10"/>
+        <v>731451532</v>
+      </c>
+      <c r="D66" s="10">
+        <v>476164141</v>
+      </c>
       <c r="E66" s="12" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-      <c r="I66" s="11"/>
+        <v>233</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="G66" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H66" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I66" s="12" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="11" t="s">
-        <v>233</v>
+      <c r="A67" s="9" t="s">
+        <v>236</v>
       </c>
       <c r="B67" s="9" t="s">
-        <v>234</v>
-[...11 lines deleted...]
-      <c r="I67" s="25"/>
+        <v>237</v>
+      </c>
+      <c r="C67" s="10">
+        <v>601502564</v>
+      </c>
+      <c r="D67" s="10"/>
+      <c r="E67" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="F67" s="9"/>
+      <c r="G67" s="10"/>
+      <c r="H67" s="10"/>
+      <c r="I67" s="12"/>
     </row>
     <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="9" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>237</v>
-[...11 lines deleted...]
-      <c r="I68" s="35"/>
+        <v>240</v>
+      </c>
+      <c r="C68" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D68" s="11"/>
+      <c r="E68" s="12" t="s">
+        <v>241</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="G68" s="10"/>
+      <c r="H68" s="11"/>
+      <c r="I68" s="11"/>
     </row>
     <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="14" t="s">
-[...5 lines deleted...]
-      <c r="C69" s="24">
+      <c r="A69" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="B69" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="C69" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D69" s="10"/>
+      <c r="E69" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="F69" s="9"/>
+      <c r="G69" s="10"/>
+      <c r="H69" s="11"/>
+      <c r="I69" s="11"/>
+    </row>
+    <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="B70" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="C70" s="26">
+        <v>774692738</v>
+      </c>
+      <c r="D70" s="26"/>
+      <c r="E70" s="40" t="s">
+        <v>248</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="27"/>
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="B71" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="C71" s="41" t="s">
+        <v>251</v>
+      </c>
+      <c r="D71" s="27"/>
+      <c r="E71" s="40" t="s">
+        <v>252</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="40"/>
+    </row>
+    <row r="72" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="B72" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="C72" s="26">
         <v>606702714</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D72" s="26">
         <v>596166444</v>
       </c>
-      <c r="E69" s="35" t="s">
-[...5 lines deleted...]
-      <c r="G69" s="24">
+      <c r="E72" s="40" t="s">
+        <v>255</v>
+      </c>
+      <c r="F72" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="G72" s="26">
         <v>602133890</v>
       </c>
-      <c r="H69" s="24">
+      <c r="H72" s="26">
         <v>224956633</v>
       </c>
-      <c r="I69" s="35" t="s">
-[...54 lines deleted...]
-      <c r="C72" s="39" t="s">
+      <c r="I72" s="40" t="s">
         <v>257</v>
       </c>
-      <c r="D72" s="40"/>
-      <c r="E72" s="41" t="s">
+    </row>
+    <row r="73" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="F72" s="42" t="s">
+      <c r="B73" s="9" t="s">
         <v>259</v>
       </c>
-      <c r="G72" s="39" t="s">
+      <c r="C73" s="36" t="s">
         <v>260</v>
       </c>
-      <c r="H72" s="32"/>
-      <c r="I72" s="41" t="s">
+      <c r="D73" s="36"/>
+      <c r="E73" s="12" t="s">
         <v>261</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="20" t="s">
+      <c r="F73" s="9" t="s">
+        <v>259</v>
+      </c>
+      <c r="G73" s="17" t="s">
         <v>262</v>
       </c>
-      <c r="B73" s="42" t="s">
+      <c r="H73" s="36"/>
+      <c r="I73" s="12" t="s">
         <v>263</v>
       </c>
-      <c r="C73" s="17" t="s">
+    </row>
+    <row r="74" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="11" t="s">
         <v>264</v>
       </c>
-      <c r="D73" s="43"/>
-      <c r="E73" s="44" t="s">
+      <c r="B74" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="F73" s="42"/>
-[...5 lines deleted...]
-      <c r="A74" s="20" t="s">
+      <c r="C74" s="17" t="s">
         <v>266</v>
       </c>
-      <c r="B74" s="42" t="s">
+      <c r="D74" s="36"/>
+      <c r="E74" s="12" t="s">
         <v>267</v>
       </c>
-      <c r="C74" s="17" t="s">
+      <c r="F74" s="11"/>
+      <c r="G74" s="36"/>
+      <c r="H74" s="36"/>
+      <c r="I74" s="11"/>
+    </row>
+    <row r="75" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="42" t="s">
         <v>268</v>
       </c>
-      <c r="D74" s="39" t="s">
+      <c r="B75" s="43" t="s">
         <v>269</v>
       </c>
-      <c r="E74" s="45" t="s">
+      <c r="C75" s="44" t="s">
         <v>270</v>
       </c>
-      <c r="F74" s="42" t="s">
+      <c r="D75" s="45"/>
+      <c r="E75" s="46" t="s">
         <v>271</v>
       </c>
-      <c r="G74" s="39" t="s">
+      <c r="F75" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="H74" s="17" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="46" t="s">
+      <c r="G75" s="44" t="s">
         <v>273</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="47" t="s">
+      <c r="H75" s="36"/>
+      <c r="I75" s="46" t="s">
         <v>274</v>
       </c>
-      <c r="B75" s="31" t="s">
+    </row>
+    <row r="76" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="20" t="s">
         <v>275</v>
       </c>
-      <c r="C75" s="10">
+      <c r="B76" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="D76" s="44" t="s">
+        <v>278</v>
+      </c>
+      <c r="E76" s="47" t="s">
+        <v>279</v>
+      </c>
+      <c r="F76" s="22" t="s">
+        <v>280</v>
+      </c>
+      <c r="G76" s="44" t="s">
+        <v>281</v>
+      </c>
+      <c r="H76" s="17" t="s">
+        <v>278</v>
+      </c>
+      <c r="I76" s="48" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="49" t="s">
+        <v>283</v>
+      </c>
+      <c r="B77" s="35" t="s">
+        <v>284</v>
+      </c>
+      <c r="C77" s="10">
         <v>770197969</v>
       </c>
-      <c r="D75" s="11"/>
-[...15 lines deleted...]
-      <c r="C76" s="10">
+      <c r="D77" s="11"/>
+      <c r="E77" s="32" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" s="50"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="36"/>
+      <c r="I77" s="46"/>
+    </row>
+    <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="B78" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="C78" s="10">
         <v>267314243</v>
       </c>
-      <c r="D76" s="10"/>
-[...36 lines deleted...]
-      </c>
       <c r="D78" s="10"/>
-      <c r="E78" s="12" t="s">
-        <v>286</v>
+      <c r="E78" s="11" t="s">
+        <v>288</v>
       </c>
       <c r="F78" s="9"/>
-      <c r="G78" s="49"/>
+      <c r="G78" s="51"/>
       <c r="H78" s="10"/>
-      <c r="I78" s="50"/>
+      <c r="I78" s="52"/>
     </row>
     <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="9" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B79" s="9" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>290</v>
+      </c>
+      <c r="C79" s="10">
+        <v>727820008</v>
       </c>
       <c r="D79" s="10"/>
       <c r="E79" s="12" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="F79" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="G79" s="17" t="s">
+      <c r="F79" s="11"/>
+      <c r="G79" s="11"/>
+      <c r="H79" s="11"/>
+      <c r="I79" s="11"/>
+    </row>
+    <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="53" t="s">
         <v>292</v>
       </c>
-      <c r="H79" s="10"/>
-      <c r="I79" s="12" t="s">
+      <c r="B80" s="9" t="s">
         <v>293</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="9" t="s">
+      <c r="C80" s="17" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D80" s="10"/>
       <c r="E80" s="12" t="s">
+        <v>295</v>
+      </c>
+      <c r="F80" s="9"/>
+      <c r="G80" s="51"/>
+      <c r="H80" s="10"/>
+      <c r="I80" s="52"/>
+    </row>
+    <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="9" t="s">
+        <v>296</v>
+      </c>
+      <c r="B81" s="9" t="s">
         <v>297</v>
       </c>
-      <c r="F80" s="9" t="s">
+      <c r="C81" s="17" t="s">
         <v>298</v>
       </c>
-      <c r="G80" s="17" t="s">
+      <c r="D81" s="10"/>
+      <c r="E81" s="12" t="s">
         <v>299</v>
       </c>
-      <c r="H80" s="10"/>
-      <c r="I80" s="12" t="s">
+      <c r="F81" s="9" t="s">
         <v>300</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="G81" s="17" t="s">
         <v>301</v>
       </c>
-      <c r="B81" s="11" t="s">
-[...6 lines deleted...]
-      <c r="E81" s="11" t="s">
+      <c r="H81" s="10"/>
+      <c r="I81" s="12" t="s">
         <v>302</v>
       </c>
-      <c r="F81" s="11"/>
-[...2 lines deleted...]
-      <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="11" t="s">
+      <c r="A82" s="9" t="s">
         <v>303</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>304</v>
       </c>
-      <c r="C82" s="10">
-[...2 lines deleted...]
-      <c r="D82" s="11"/>
+      <c r="C82" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="D82" s="10"/>
       <c r="E82" s="12" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="G82" s="10">
+        <v>307</v>
+      </c>
+      <c r="G82" s="17" t="s">
+        <v>308</v>
+      </c>
+      <c r="H82" s="10"/>
+      <c r="I82" s="12" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C83" s="10">
+        <v>739341656</v>
+      </c>
+      <c r="D83" s="11"/>
+      <c r="E83" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="G83" s="10">
         <v>602814592</v>
       </c>
-      <c r="H82" s="11"/>
-[...19 lines deleted...]
-      <c r="G83" s="11"/>
       <c r="H83" s="11"/>
-      <c r="I83" s="11"/>
+      <c r="I83" s="12" t="s">
+        <v>313</v>
+      </c>
     </row>
     <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="11" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B84" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C84" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D84" s="11"/>
+      <c r="E84" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="F84" s="9" t="s">
         <v>312</v>
       </c>
-      <c r="C84" s="16">
-[...5 lines deleted...]
-      <c r="E84" s="13" t="s">
+      <c r="G84" s="10">
+        <v>602814592</v>
+      </c>
+      <c r="H84" s="11"/>
+      <c r="I84" s="12" t="s">
         <v>313</v>
       </c>
-      <c r="F84" s="11"/>
-[...2 lines deleted...]
-      <c r="I84" s="11"/>
     </row>
     <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="11" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B85" s="9" t="s">
-        <v>315</v>
-[...6 lines deleted...]
-        <v>317</v>
+        <v>318</v>
+      </c>
+      <c r="C85" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D85" s="11"/>
+      <c r="E85" s="13" t="s">
+        <v>319</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="11" t="s">
-        <v>318</v>
-[...8 lines deleted...]
-      <c r="E86" s="12" t="s">
         <v>320</v>
+      </c>
+      <c r="B86" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C86" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D86" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E86" s="13" t="s">
+        <v>322</v>
       </c>
       <c r="F86" s="11"/>
       <c r="G86" s="11"/>
       <c r="H86" s="11"/>
       <c r="I86" s="11"/>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>321</v>
-[...4 lines deleted...]
-      <c r="C87" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="D87" s="11"/>
-      <c r="E87" s="11" t="s">
+      <c r="B87" s="9" t="s">
         <v>324</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D87" s="16"/>
+      <c r="E87" s="12" t="s">
+        <v>326</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="14" t="s">
-[...9 lines deleted...]
-      <c r="E88" s="13" t="s">
+      <c r="A88" s="11" t="s">
         <v>327</v>
       </c>
-      <c r="F88" s="9"/>
-[...2 lines deleted...]
-      <c r="I88" s="13"/>
+      <c r="B88" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="C88" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D88" s="11"/>
+      <c r="E88" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="F88" s="11"/>
+      <c r="G88" s="11"/>
+      <c r="H88" s="11"/>
+      <c r="I88" s="11"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>330</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>332</v>
       </c>
       <c r="D89" s="11"/>
-      <c r="E89" s="12" t="s">
-        <v>330</v>
+      <c r="E89" s="11" t="s">
+        <v>333</v>
       </c>
       <c r="F89" s="11"/>
       <c r="G89" s="11"/>
       <c r="H89" s="11"/>
       <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I90" s="11"/>
+      <c r="A90" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="B90" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C90" s="36" t="s">
+        <v>335</v>
+      </c>
+      <c r="D90" s="18"/>
+      <c r="E90" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="F90" s="9"/>
+      <c r="G90" s="36"/>
+      <c r="H90" s="18"/>
+      <c r="I90" s="13"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>337</v>
+      </c>
+      <c r="B91" s="9" t="s">
+        <v>338</v>
       </c>
       <c r="C91" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D91" s="11"/>
-      <c r="E91" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E91" s="12" t="s">
+        <v>339</v>
+      </c>
+      <c r="F91" s="11"/>
+      <c r="G91" s="11"/>
       <c r="H91" s="11"/>
-      <c r="I91" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I91" s="11"/>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="11" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="C92" s="10">
-        <v>737257828</v>
-[...2 lines deleted...]
-      <c r="E92" s="12" t="s">
+        <v>724050445</v>
+      </c>
+      <c r="D92" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E92" s="11" t="s">
         <v>341</v>
       </c>
-      <c r="F92" s="11" t="s">
+      <c r="F92" s="11"/>
+      <c r="G92" s="11"/>
+      <c r="H92" s="11"/>
+      <c r="I92" s="11"/>
+    </row>
+    <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="11" t="s">
         <v>342</v>
       </c>
-      <c r="G92" s="10">
-[...2 lines deleted...]
-      <c r="H92" s="52" t="s">
+      <c r="B93" s="11" t="s">
         <v>343</v>
       </c>
-      <c r="I92" s="12" t="s">
+      <c r="C93" s="10">
+        <v>724032663</v>
+      </c>
+      <c r="D93" s="11"/>
+      <c r="E93" s="11" t="s">
         <v>344</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="9" t="s">
+      <c r="F93" s="11" t="s">
         <v>345</v>
       </c>
-      <c r="B93" s="9" t="s">
+      <c r="G93" s="10">
+        <v>602786694</v>
+      </c>
+      <c r="H93" s="11"/>
+      <c r="I93" s="11" t="s">
         <v>346</v>
-      </c>
-[...15 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>348</v>
+      </c>
+      <c r="C94" s="10">
+        <v>737257828</v>
+      </c>
+      <c r="D94" s="11"/>
+      <c r="E94" s="12" t="s">
         <v>349</v>
       </c>
-      <c r="B94" s="9" t="s">
+      <c r="F94" s="11" t="s">
         <v>350</v>
       </c>
-      <c r="C94" s="10">
-[...3 lines deleted...]
-      <c r="E94" s="11" t="s">
+      <c r="G94" s="10">
+        <v>737255532</v>
+      </c>
+      <c r="H94" s="54" t="s">
         <v>351</v>
       </c>
-      <c r="F94" s="11" t="s">
+      <c r="I94" s="12" t="s">
         <v>352</v>
       </c>
-      <c r="G94" s="10">
-[...3 lines deleted...]
-      <c r="I94" s="12" t="s">
+    </row>
+    <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="9" t="s">
         <v>353</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A95" s="11" t="s">
+      <c r="B95" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C95" s="10">
+        <v>601502564</v>
+      </c>
+      <c r="D95" s="10"/>
+      <c r="E95" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="F95" s="11" t="s">
         <v>354</v>
       </c>
-      <c r="B95" s="11" t="s">
+      <c r="G95" s="10">
+        <v>732558464</v>
+      </c>
+      <c r="H95" s="10"/>
+      <c r="I95" s="9" t="s">
         <v>355</v>
-      </c>
-[...15 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B96" s="9" t="s">
+        <v>357</v>
+      </c>
+      <c r="C96" s="10">
+        <v>602699294</v>
+      </c>
+      <c r="D96" s="11"/>
+      <c r="E96" s="11" t="s">
+        <v>358</v>
+      </c>
+      <c r="F96" s="11" t="s">
         <v>359</v>
       </c>
-      <c r="B96" s="11" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="G96" s="10">
-        <v>604417904</v>
+        <v>602752390</v>
       </c>
       <c r="H96" s="11"/>
       <c r="I96" s="12" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="11" t="s">
+        <v>361</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="C97" s="10">
+        <v>732987872</v>
+      </c>
+      <c r="D97" s="11"/>
+      <c r="E97" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="F97" s="11" t="s">
         <v>364</v>
       </c>
-      <c r="B97" s="53"/>
-[...6 lines deleted...]
-      <c r="I97" s="54"/>
+      <c r="G97" s="10">
+        <v>602785383</v>
+      </c>
+      <c r="H97" s="11"/>
+      <c r="I97" s="13" t="s">
+        <v>365</v>
+      </c>
     </row>
     <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="9" t="s">
-[...3 lines deleted...]
-        <v>319</v>
+      <c r="A98" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>367</v>
       </c>
       <c r="C98" s="10">
+        <v>723533193</v>
+      </c>
+      <c r="D98" s="11"/>
+      <c r="E98" s="13" t="s">
+        <v>368</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="G98" s="10">
+        <v>604417904</v>
+      </c>
+      <c r="H98" s="11"/>
+      <c r="I98" s="12" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="11" t="s">
+        <v>371</v>
+      </c>
+      <c r="B99" s="55"/>
+      <c r="C99" s="55"/>
+      <c r="D99" s="55"/>
+      <c r="E99" s="55"/>
+      <c r="F99" s="55"/>
+      <c r="G99" s="55"/>
+      <c r="H99" s="55"/>
+      <c r="I99" s="56"/>
+    </row>
+    <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="9" t="s">
+        <v>372</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="C100" s="10">
         <v>734170707</v>
       </c>
-      <c r="D98" s="11"/>
-[...6 lines deleted...]
-      <c r="G98" s="10">
+      <c r="D100" s="11"/>
+      <c r="E100" s="28" t="s">
+        <v>373</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>374</v>
+      </c>
+      <c r="G100" s="10">
         <v>739580585</v>
       </c>
-      <c r="H98" s="11"/>
-[...11 lines deleted...]
-      <c r="C99" s="10">
+      <c r="H100" s="11"/>
+      <c r="I100" s="57" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="9" t="s">
+        <v>376</v>
+      </c>
+      <c r="B101" s="11" t="s">
+        <v>377</v>
+      </c>
+      <c r="C101" s="10">
         <v>770328332</v>
       </c>
-      <c r="D99" s="11"/>
-[...6 lines deleted...]
-      <c r="G99" s="10">
+      <c r="D101" s="11"/>
+      <c r="E101" s="12" t="s">
+        <v>378</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>379</v>
+      </c>
+      <c r="G101" s="10">
         <v>352462894</v>
       </c>
-      <c r="H99" s="10">
+      <c r="H101" s="10">
         <v>352463854</v>
       </c>
-      <c r="I99" s="12" t="s">
-[...10 lines deleted...]
-      <c r="C100" s="10">
+      <c r="I101" s="12" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="58" t="s">
+        <v>381</v>
+      </c>
+      <c r="B102" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="C102" s="10">
         <v>725040824</v>
       </c>
-      <c r="D100" s="10"/>
-[...6 lines deleted...]
-      <c r="G100" s="10">
+      <c r="D102" s="10"/>
+      <c r="E102" s="12" t="s">
+        <v>383</v>
+      </c>
+      <c r="F102" s="9" t="s">
+        <v>384</v>
+      </c>
+      <c r="G102" s="10">
         <v>775657619</v>
       </c>
-      <c r="H100" s="10"/>
-[...40 lines deleted...]
-      <c r="E102" s="12" t="s">
+      <c r="H102" s="10"/>
+      <c r="I102" s="12" t="s">
         <v>385</v>
       </c>
-      <c r="F102" s="9"/>
-[...2 lines deleted...]
-      <c r="I102" s="9"/>
     </row>
     <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="11" t="s">
+      <c r="A103" s="58" t="s">
         <v>386</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>387</v>
       </c>
       <c r="C103" s="10">
-        <v>722275714</v>
-[...1 lines deleted...]
-      <c r="D103" s="10"/>
+        <v>720987811</v>
+      </c>
+      <c r="D103" s="31"/>
       <c r="E103" s="12" t="s">
         <v>388</v>
       </c>
-      <c r="F103" s="11" t="s">
+      <c r="F103" s="9" t="s">
         <v>389</v>
       </c>
       <c r="G103" s="10">
-        <v>602510497</v>
-[...2 lines deleted...]
-      <c r="I103" s="11" t="s">
+        <v>725319655</v>
+      </c>
+      <c r="H103" s="31"/>
+      <c r="I103" s="12" t="s">
         <v>390</v>
       </c>
-      <c r="J103" s="57"/>
-[...1 lines deleted...]
-      <c r="L103" s="59"/>
     </row>
     <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="11" t="s">
+      <c r="A104" s="58" t="s">
         <v>391</v>
       </c>
-      <c r="B104" s="14" t="s">
+      <c r="B104" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C104" s="10">
+        <v>776747770</v>
+      </c>
+      <c r="D104" s="31"/>
+      <c r="E104" s="12" t="s">
         <v>392</v>
       </c>
-      <c r="C104" s="60" t="s">
-[...9 lines deleted...]
-      <c r="I104" s="11"/>
+      <c r="F104" s="9"/>
+      <c r="G104" s="10"/>
+      <c r="H104" s="10"/>
+      <c r="I104" s="9"/>
     </row>
     <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="B105" s="9" t="s">
+        <v>394</v>
+      </c>
+      <c r="C105" s="10">
+        <v>722275714</v>
+      </c>
+      <c r="D105" s="10"/>
+      <c r="E105" s="12" t="s">
         <v>395</v>
       </c>
-      <c r="B105" s="11" t="s">
+      <c r="F105" s="11" t="s">
         <v>396</v>
       </c>
-      <c r="C105" s="10">
-[...3 lines deleted...]
-      <c r="E105" s="11" t="s">
+      <c r="G105" s="10">
+        <v>602510497</v>
+      </c>
+      <c r="H105" s="11"/>
+      <c r="I105" s="11" t="s">
         <v>397</v>
       </c>
-      <c r="F105" s="11"/>
-[...2 lines deleted...]
-      <c r="I105" s="11"/>
+      <c r="J105" s="59"/>
+      <c r="K105" s="60"/>
+      <c r="L105" s="61"/>
     </row>
     <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="62" t="s">
+      <c r="A106" s="11" t="s">
         <v>398</v>
       </c>
-      <c r="B106" s="11" t="s">
+      <c r="B106" s="14" t="s">
         <v>399</v>
       </c>
-      <c r="C106" s="10">
-[...4 lines deleted...]
-        <v>261</v>
+      <c r="C106" s="62" t="s">
+        <v>400</v>
+      </c>
+      <c r="D106" s="63"/>
+      <c r="E106" s="14" t="s">
+        <v>401</v>
       </c>
       <c r="F106" s="11"/>
       <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="11"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C107" s="10">
-        <v>602198030</v>
+        <v>602784750</v>
       </c>
       <c r="D107" s="11"/>
-      <c r="E107" s="12" t="s">
-        <v>402</v>
+      <c r="E107" s="11" t="s">
+        <v>404</v>
       </c>
       <c r="F107" s="11"/>
       <c r="G107" s="11"/>
       <c r="H107" s="11"/>
       <c r="I107" s="11"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="11" t="s">
-[...3 lines deleted...]
-        <v>404</v>
+      <c r="A108" s="64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B108" s="11" t="s">
+        <v>406</v>
       </c>
       <c r="C108" s="10">
-        <v>734753940</v>
+        <v>774441975</v>
       </c>
       <c r="D108" s="11"/>
       <c r="E108" s="12" t="s">
-        <v>405</v>
+        <v>274</v>
       </c>
       <c r="F108" s="11"/>
-      <c r="G108" s="10"/>
+      <c r="G108" s="11"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="11" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C109" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D109" s="10"/>
+        <v>602198030</v>
+      </c>
+      <c r="D109" s="11"/>
       <c r="E109" s="12" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="F109" s="11" t="s">
         <v>409</v>
       </c>
-      <c r="G109" s="10">
-[...1 lines deleted...]
-      </c>
+      <c r="F109" s="11"/>
+      <c r="G109" s="11"/>
       <c r="H109" s="11"/>
-      <c r="I109" s="63" t="s">
+      <c r="I109" s="11"/>
+    </row>
+    <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="11" t="s">
         <v>410</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A110" s="9" t="s">
+      <c r="B110" s="9" t="s">
         <v>411</v>
       </c>
-      <c r="B110" s="9" t="s">
+      <c r="C110" s="10">
+        <v>734753940</v>
+      </c>
+      <c r="D110" s="11"/>
+      <c r="E110" s="12" t="s">
         <v>412</v>
       </c>
-      <c r="C110" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="F110" s="11"/>
-      <c r="G110" s="11"/>
+      <c r="G110" s="10"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="9" t="s">
+      <c r="A111" s="11" t="s">
+        <v>413</v>
+      </c>
+      <c r="B111" s="11" t="s">
         <v>414</v>
       </c>
-      <c r="B111" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="10">
-        <v>602541368</v>
+        <v>775317903</v>
       </c>
       <c r="D111" s="10"/>
       <c r="E111" s="12" t="s">
+        <v>415</v>
+      </c>
+      <c r="F111" s="11" t="s">
         <v>416</v>
       </c>
-      <c r="F111" s="11"/>
-[...2 lines deleted...]
-      <c r="I111" s="12"/>
+      <c r="G111" s="10">
+        <v>733181200</v>
+      </c>
+      <c r="H111" s="11"/>
+      <c r="I111" s="65" t="s">
+        <v>417</v>
+      </c>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="9" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>418</v>
-[...5 lines deleted...]
-      <c r="E112" s="12" t="s">
         <v>419</v>
       </c>
-      <c r="F112" s="9" t="s">
-[...6 lines deleted...]
-      <c r="I112" s="12" t="s">
+      <c r="C112" s="31">
+        <v>725744644</v>
+      </c>
+      <c r="D112" s="31">
+        <v>475201349</v>
+      </c>
+      <c r="E112" s="13" t="s">
         <v>420</v>
       </c>
+      <c r="F112" s="11"/>
+      <c r="G112" s="11"/>
+      <c r="H112" s="11"/>
+      <c r="I112" s="11"/>
     </row>
     <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="9" t="s">
         <v>421</v>
       </c>
       <c r="B113" s="9" t="s">
-        <v>346</v>
+        <v>422</v>
       </c>
       <c r="C113" s="10">
-        <v>605880066</v>
+        <v>602541368</v>
       </c>
       <c r="D113" s="10"/>
       <c r="E113" s="12" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F113" s="11"/>
-      <c r="G113" s="11"/>
-[...1 lines deleted...]
-      <c r="I113" s="11"/>
+      <c r="G113" s="10"/>
+      <c r="H113" s="10"/>
+      <c r="I113" s="12"/>
     </row>
     <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="9" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B114" s="9" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C114" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D114" s="11"/>
+        <v>733527310</v>
+      </c>
+      <c r="D114" s="10"/>
       <c r="E114" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="F114" s="9" t="s">
         <v>425</v>
       </c>
-      <c r="F114" s="11"/>
-[...2 lines deleted...]
-      <c r="I114" s="11"/>
+      <c r="G114" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H114" s="10"/>
+      <c r="I114" s="12" t="s">
+        <v>427</v>
+      </c>
     </row>
     <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="9" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B115" s="9" t="s">
-        <v>427</v>
-[...5 lines deleted...]
-      <c r="E115" s="13" t="s">
         <v>429</v>
       </c>
-      <c r="F115" s="9" t="s">
+      <c r="C115" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D115" s="11"/>
+      <c r="E115" s="12" t="s">
         <v>430</v>
       </c>
-      <c r="G115" s="17" t="s">
+      <c r="F115" s="11"/>
+      <c r="G115" s="10"/>
+      <c r="H115" s="11"/>
+      <c r="I115" s="11"/>
+    </row>
+    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="9" t="s">
         <v>431</v>
       </c>
-      <c r="H115" s="17"/>
-      <c r="I115" s="12" t="s">
+      <c r="B116" s="9" t="s">
         <v>432</v>
       </c>
-    </row>
-    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="C116" s="17" t="s">
+        <v>433</v>
+      </c>
+      <c r="D116" s="17"/>
+      <c r="E116" s="13" t="s">
+        <v>434</v>
+      </c>
+      <c r="F116" s="9" t="s">
+        <v>435</v>
+      </c>
+      <c r="G116" s="17" t="s">
+        <v>436</v>
+      </c>
+      <c r="H116" s="17"/>
+      <c r="I116" s="12" t="s">
+        <v>437</v>
+      </c>
+    </row>
     <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="14"/>
+      <c r="C119" s="60"/>
+      <c r="D119" s="60"/>
+      <c r="E119" s="61"/>
+    </row>
     <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E20" r:id="rId1" xr:uid="{A1CBD76B-137A-4B32-96E3-34E98C04861E}"/>
-[...124 lines deleted...]
-    <hyperlink ref="E50" r:id="rId126" xr:uid="{68966FAB-880E-437A-86DD-99E7B3C99F0F}"/>
+    <hyperlink ref="E22" r:id="rId1" xr:uid="{96AD63B0-EA2D-4BEE-B04C-8AE199134A64}"/>
+    <hyperlink ref="E15" r:id="rId2" xr:uid="{BF6DE4B5-860D-400C-95D2-3E3F4A2F9BCC}"/>
+    <hyperlink ref="E82" r:id="rId3" xr:uid="{3CA905C9-3066-4AEB-AEA3-4612036C4339}"/>
+    <hyperlink ref="E110" r:id="rId4" xr:uid="{F8D662BB-AB97-468F-A988-C08427869503}"/>
+    <hyperlink ref="E65" r:id="rId5" xr:uid="{EE1E63D6-1147-4E34-9AA2-A6B1AC1B4D72}"/>
+    <hyperlink ref="E21" r:id="rId6" xr:uid="{39DE28CA-F545-46E8-9F43-30CD567C94E9}"/>
+    <hyperlink ref="E29" r:id="rId7" xr:uid="{55672CF2-ECD0-4837-9CB2-C729DBA42DAD}"/>
+    <hyperlink ref="E47" r:id="rId8" xr:uid="{ACA32FBC-41EA-4CFC-A530-C3A46BBB5466}"/>
+    <hyperlink ref="E60" r:id="rId9" xr:uid="{A46D8944-CDDE-4300-9273-B40A49D393F2}"/>
+    <hyperlink ref="E74" r:id="rId10" xr:uid="{260AE70F-CB96-4B53-ADCF-2F2F50DE2998}"/>
+    <hyperlink ref="E73" r:id="rId11" xr:uid="{73C54ED1-0426-4501-8E39-662CA789E6CE}"/>
+    <hyperlink ref="E88" r:id="rId12" xr:uid="{AE452403-42C5-4353-8D69-34E75D91E5AA}"/>
+    <hyperlink ref="E63" r:id="rId13" xr:uid="{A6EC5531-4C87-40F9-8990-26BB5D114EAE}"/>
+    <hyperlink ref="E91" r:id="rId14" xr:uid="{A64AF0F6-8065-4C5D-8E8F-9323AFD2A5DD}"/>
+    <hyperlink ref="E81" r:id="rId15" xr:uid="{AF82AF8F-FA89-4D32-9822-08BBC7F96E38}"/>
+    <hyperlink ref="E34" r:id="rId16" xr:uid="{8D39FD84-B2CE-4F5D-8446-9DF1C5D46605}"/>
+    <hyperlink ref="E59" r:id="rId17" xr:uid="{6849C922-9DE0-40CE-AE67-AC9814F82F04}"/>
+    <hyperlink ref="E116" r:id="rId18" xr:uid="{6CBBF028-23A5-44A3-A7C6-70EC9408702D}"/>
+    <hyperlink ref="E39" r:id="rId19" xr:uid="{EF4C114D-F079-49FE-8511-1C64A322EE51}"/>
+    <hyperlink ref="E40" r:id="rId20" xr:uid="{C6FA2439-4745-4870-ACD7-8A585B0E2827}"/>
+    <hyperlink ref="E102" r:id="rId21" xr:uid="{A1555A3E-A977-4BC7-AF5E-22AD1CCC958A}"/>
+    <hyperlink ref="E68" r:id="rId22" xr:uid="{5B4AF7E5-21BE-4D69-B933-D19806E4AAEF}"/>
+    <hyperlink ref="E10" r:id="rId23" xr:uid="{29E846D5-F9AD-4C72-BADA-2E673D4BF766}"/>
+    <hyperlink ref="E14" r:id="rId24" xr:uid="{C966CCE5-9C54-42A9-9504-EE80589D0B7D}"/>
+    <hyperlink ref="E75" r:id="rId25" xr:uid="{84EF98DA-A9BF-41B1-B402-F3A055B5F4FB}"/>
+    <hyperlink ref="I75" r:id="rId26" xr:uid="{2ED364BE-278E-4C2C-ACAC-8E255FBEF939}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{910F2286-2639-4DD7-9DF1-D3CEC0824AA1}"/>
+    <hyperlink ref="E31" r:id="rId28" xr:uid="{2C570649-92A9-4B48-BD80-B3FB361F8F2A}"/>
+    <hyperlink ref="E113" r:id="rId29" xr:uid="{E01D7140-2814-4F61-B819-2BE590E34187}"/>
+    <hyperlink ref="E79" r:id="rId30" xr:uid="{7F7E8B64-C1F4-407A-A44E-F137A8F41DE9}"/>
+    <hyperlink ref="E12" r:id="rId31" xr:uid="{939F8C06-D481-45AA-A3FA-101142DEC4C7}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{5A472EA9-82AB-4B4C-A2E9-3993AEB5F7DB}"/>
+    <hyperlink ref="E32" r:id="rId33" xr:uid="{5542B25C-50CF-44CD-BE65-AE317B01E319}"/>
+    <hyperlink ref="E11" r:id="rId34" xr:uid="{CBBC4F76-D84A-414F-95FE-33853330A0D0}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{9E545ABD-FCC2-41A3-BF9C-3AEEEC9E87E6}"/>
+    <hyperlink ref="E16" r:id="rId36" xr:uid="{6DC5726E-7628-4590-9BA6-0885C257F556}"/>
+    <hyperlink ref="I81" r:id="rId37" xr:uid="{67400738-163A-426B-80E5-531E8963A773}"/>
+    <hyperlink ref="E84" r:id="rId38" xr:uid="{31290EAA-2CBB-432F-AC90-7574B635A327}"/>
+    <hyperlink ref="E72" r:id="rId39" xr:uid="{59C3BEB3-71C7-4212-BB25-D72DBCD4EC5E}"/>
+    <hyperlink ref="I72" r:id="rId40" xr:uid="{F6EFC1C1-DB7B-4F34-A422-8F9F79F44D59}"/>
+    <hyperlink ref="E104" r:id="rId41" xr:uid="{BEC8A2C7-24EF-4B8F-868B-79D659E74B2F}"/>
+    <hyperlink ref="E18" r:id="rId42" xr:uid="{262C501E-F3CB-4F24-A1D8-65BC2EE04B40}"/>
+    <hyperlink ref="E20" r:id="rId43" xr:uid="{0E9A076A-77EB-4594-960C-73EF786A4979}"/>
+    <hyperlink ref="E27" r:id="rId44" xr:uid="{D8566A09-D7ED-4E2C-9035-94528435C8D5}"/>
+    <hyperlink ref="E71" r:id="rId45" xr:uid="{ADDE242E-59A8-4A1A-BC3F-EA25BADE178A}"/>
+    <hyperlink ref="E42" r:id="rId46" xr:uid="{96F2395D-2EA4-4BB0-8B67-F4B5DF6F7AC7}"/>
+    <hyperlink ref="I42" r:id="rId47" xr:uid="{298596ED-E575-4E17-A24A-018D4A9D2112}"/>
+    <hyperlink ref="E30" r:id="rId48" xr:uid="{689859AD-BB79-4F08-8A5C-0D09A5AFC267}"/>
+    <hyperlink ref="I30" r:id="rId49" xr:uid="{0FFEBA83-D5E8-4EFD-A96C-4D14335623B4}"/>
+    <hyperlink ref="E111" r:id="rId50" xr:uid="{9F98DD20-870E-4174-9EC7-1E83F11BDF54}"/>
+    <hyperlink ref="E109" r:id="rId51" xr:uid="{93D6E77F-4F85-42A1-A9E7-AA83DE60DBA0}"/>
+    <hyperlink ref="E52" r:id="rId52" xr:uid="{2252D2D5-88B7-4D6A-9F0A-2E0C71D9C6B3}"/>
+    <hyperlink ref="E87" r:id="rId53" xr:uid="{55958B93-683B-43D7-90F8-D584BFFBC358}"/>
+    <hyperlink ref="E86" r:id="rId54" xr:uid="{C1C5C210-DB42-419C-9997-964C7C9489E8}"/>
+    <hyperlink ref="E100" r:id="rId55" xr:uid="{5D223AE0-4711-4DCF-B961-E605789DCAEA}"/>
+    <hyperlink ref="E61" r:id="rId56" xr:uid="{C5651683-8B8F-45EF-80E5-FF9B511B8D60}"/>
+    <hyperlink ref="I73" r:id="rId57" xr:uid="{F4407D38-4775-46E4-862B-ACF4EE0A4937}"/>
+    <hyperlink ref="E45" r:id="rId58" xr:uid="{30F1DA7A-3845-4F71-BBD3-4125A3611EA2}"/>
+    <hyperlink ref="E28" r:id="rId59" xr:uid="{23015F17-5462-47E7-8ABC-BC261546EEE7}"/>
+    <hyperlink ref="E33" r:id="rId60" xr:uid="{EFD5CE63-08CA-4C50-98EB-A7F95FD37A60}"/>
+    <hyperlink ref="E105" r:id="rId61" xr:uid="{DED6C334-DA8D-487E-92A6-07066978D8B8}"/>
+    <hyperlink ref="E114" r:id="rId62" xr:uid="{8C7BFD59-4AAF-4867-87E2-3B7C777058DE}"/>
+    <hyperlink ref="I114" r:id="rId63" xr:uid="{26D8249E-9E32-4619-9F88-6852652C60C3}"/>
+    <hyperlink ref="E103" r:id="rId64" xr:uid="{E58C267B-DB4C-497C-92BC-839D84B515FE}"/>
+    <hyperlink ref="I35" r:id="rId65" xr:uid="{F9159D56-9C11-4D8A-98FA-E17A7BF5EC8A}"/>
+    <hyperlink ref="E35" r:id="rId66" xr:uid="{EC4B034C-9618-4DE3-82E3-033FFAEF9193}"/>
+    <hyperlink ref="I22" r:id="rId67" xr:uid="{33CAA4FD-014B-496C-85AD-B7426648B828}"/>
+    <hyperlink ref="I102" r:id="rId68" xr:uid="{F4B46943-E1C6-4D3C-80A9-9E16D0E9FE10}"/>
+    <hyperlink ref="E23" r:id="rId69" xr:uid="{3FCC52BC-4239-4EA3-9E58-76303F9E0C5A}"/>
+    <hyperlink ref="I23" r:id="rId70" xr:uid="{80BE2718-EB32-466A-A63B-8576EECE2F94}"/>
+    <hyperlink ref="I54" r:id="rId71" xr:uid="{9410DA1E-F84C-47EC-B233-41D8B2F975CC}"/>
+    <hyperlink ref="I10" r:id="rId72" xr:uid="{6393EDD8-EFA5-4158-AB71-D87331F1B3FD}"/>
+    <hyperlink ref="I20" r:id="rId73" xr:uid="{85F578DE-7A10-411E-B4BA-A65E17A9C392}"/>
+    <hyperlink ref="I31" r:id="rId74" xr:uid="{96057FA8-E4DE-486D-A458-5AD7F2E17127}"/>
+    <hyperlink ref="E62" r:id="rId75" xr:uid="{CD86331D-EC76-4CEF-AF14-4A5E746A8A80}"/>
+    <hyperlink ref="E80" r:id="rId76" xr:uid="{190E372D-4364-4CC9-B9FC-F29D5E3E0EFB}"/>
+    <hyperlink ref="E66" r:id="rId77" xr:uid="{0AE8B28D-95B2-49B7-8034-FB0BFB5F8FAB}"/>
+    <hyperlink ref="I66" r:id="rId78" xr:uid="{BD3B3FE3-D36B-424C-A288-A73315ECAF1F}"/>
+    <hyperlink ref="I116" r:id="rId79" xr:uid="{9EC788F0-7F87-45DF-B50F-BE1F4B317C09}"/>
+    <hyperlink ref="E90" r:id="rId80" xr:uid="{1FFD4162-991E-4A64-8282-7494960A6F82}"/>
+    <hyperlink ref="E48" r:id="rId81" xr:uid="{8AF07B3C-4D14-4754-ADCC-5D2CDEA322EB}"/>
+    <hyperlink ref="I84" r:id="rId82" xr:uid="{E38F2C7D-BFFA-415F-A2B2-D77888548626}"/>
+    <hyperlink ref="I96" r:id="rId83" xr:uid="{A5DA6DB2-5E18-4E85-B0D7-85BD5DABB08A}"/>
+    <hyperlink ref="I24" r:id="rId84" xr:uid="{51F4FE21-FA9E-4111-A97D-D4F5DFBF38F8}"/>
+    <hyperlink ref="I14" r:id="rId85" xr:uid="{DF65F445-18EE-46D0-8495-75CDD1166BE8}"/>
+    <hyperlink ref="I94" r:id="rId86" xr:uid="{16FAF0AB-B4FE-422C-B510-F75B2B2CBB0C}"/>
+    <hyperlink ref="E94" r:id="rId87" xr:uid="{03A17956-575E-44F2-B5FA-B6431F635A5E}"/>
+    <hyperlink ref="E69" r:id="rId88" xr:uid="{C5098BB6-DF51-46EF-BB18-990EA9E02A9C}"/>
+    <hyperlink ref="E58" r:id="rId89" xr:uid="{02AC3411-757C-4C28-94C9-1DC598E9FA29}"/>
+    <hyperlink ref="E57" r:id="rId90" xr:uid="{D72B4DBB-76D3-4EBB-9468-9996251952CB}"/>
+    <hyperlink ref="E17" r:id="rId91" xr:uid="{7F47EBE0-44ED-4FF4-A303-1459440783AB}"/>
+    <hyperlink ref="E85" r:id="rId92" xr:uid="{FC57A0B4-1821-4DAC-8CD3-395208B097F4}"/>
+    <hyperlink ref="E115" r:id="rId93" xr:uid="{3138A362-0DD4-4D23-9E7B-1AB4805AABC2}"/>
+    <hyperlink ref="E67" r:id="rId94" xr:uid="{2CA03A5E-34E9-46CC-8AE2-C31CF3EDEF2B}"/>
+    <hyperlink ref="E108" r:id="rId95" xr:uid="{FF57FE1D-AEF4-4BAD-AA92-629669C9F652}"/>
+    <hyperlink ref="E44" r:id="rId96" xr:uid="{CD409CE0-8B16-47CF-B79E-3301F85FF43B}"/>
+    <hyperlink ref="E8" r:id="rId97" xr:uid="{4BD57E3D-5B53-4767-9F0B-0E4FFFF36578}"/>
+    <hyperlink ref="E41" r:id="rId98" xr:uid="{FB2C2B3A-4294-4800-B6EC-7A3C91CF43CB}"/>
+    <hyperlink ref="I27" r:id="rId99" xr:uid="{5E21D60C-8F3B-46EC-8FE0-468D576A4201}"/>
+    <hyperlink ref="I17" r:id="rId100" xr:uid="{58431DD5-5D09-42B0-A667-432689714921}"/>
+    <hyperlink ref="I111" r:id="rId101" display="mailto:matejovsky@retrolok.cz" xr:uid="{7F7A256B-3573-4C2F-BBE6-8CDEFBE77264}"/>
+    <hyperlink ref="I103" r:id="rId102" xr:uid="{55691A20-BE97-47F6-ADD1-7F2AB08244C0}"/>
+    <hyperlink ref="E112" r:id="rId103" xr:uid="{1A77053C-F1A6-49A2-B820-3C9938BFE584}"/>
+    <hyperlink ref="E64" r:id="rId104" xr:uid="{82ECC65A-64E2-4794-AD48-CA0E55298F12}"/>
+    <hyperlink ref="I82" r:id="rId105" xr:uid="{9384B322-BB3A-4C9C-B221-E884337BDC9A}"/>
+    <hyperlink ref="E37" r:id="rId106" xr:uid="{406C5637-6383-4ECB-BE95-B2C457340863}"/>
+    <hyperlink ref="I29" r:id="rId107" xr:uid="{FAAFA4E5-BB09-4C51-A04A-07E879B25C2A}"/>
+    <hyperlink ref="I100" r:id="rId108" xr:uid="{11A07CC3-F7F6-4A13-BBC5-33927FD869F8}"/>
+    <hyperlink ref="E70" r:id="rId109" xr:uid="{31CE096A-FC44-49FB-A91B-FE07005E0CE9}"/>
+    <hyperlink ref="E38" r:id="rId110" xr:uid="{03A71565-14C3-4AC8-88A9-B30EE2AC4BD7}"/>
+    <hyperlink ref="E43" r:id="rId111" xr:uid="{FE2CAAC6-5F03-480C-B817-F3485E21623F}"/>
+    <hyperlink ref="E36" r:id="rId112" xr:uid="{F9D5A5E2-0DAD-44EF-BA7F-1C8E5C3B328E}"/>
+    <hyperlink ref="E98" r:id="rId113" xr:uid="{34A6C856-884A-49CE-80F4-A42015E3F5B7}"/>
+    <hyperlink ref="I98" r:id="rId114" xr:uid="{A1C4B3A6-CF7A-45AE-8D9D-64A5A6550842}"/>
+    <hyperlink ref="E101" r:id="rId115" xr:uid="{6A6649E6-06A9-4AFB-A81C-34D5CAAF6DFA}"/>
+    <hyperlink ref="I101" r:id="rId116" xr:uid="{6A8195ED-3169-4BB2-8B78-FB9BA0E7D67E}"/>
+    <hyperlink ref="E95" r:id="rId117" xr:uid="{791B1C02-33D4-4B1E-A913-9F003551AEC0}"/>
+    <hyperlink ref="E26" r:id="rId118" xr:uid="{70844F03-E5E3-4CA4-B41B-2C10AA7F98F9}"/>
+    <hyperlink ref="E76" r:id="rId119" xr:uid="{79241FF0-4D43-4B93-B4EE-902B1E39B6FB}"/>
+    <hyperlink ref="I76" r:id="rId120" xr:uid="{52BF4A14-EF64-44CD-A2AD-2B8FBAB44F88}"/>
+    <hyperlink ref="E97" r:id="rId121" xr:uid="{52C8ABFB-18FF-49C1-A633-7569578C8B36}"/>
+    <hyperlink ref="I97" r:id="rId122" xr:uid="{95A76049-88A5-439A-A495-3EBA30E8E2F9}"/>
+    <hyperlink ref="E53" r:id="rId123" xr:uid="{B7AE1607-0282-4789-9729-95F9B6EE9DFB}"/>
+    <hyperlink ref="E9" r:id="rId124" xr:uid="{53D05F9D-DD3A-4850-912F-D804CD99559F}"/>
+    <hyperlink ref="I16" r:id="rId125" xr:uid="{64A7ECB5-EA62-40CF-A8F9-FA77FD42ED94}"/>
+    <hyperlink ref="E25" r:id="rId126" xr:uid="{FD733105-FDF0-42FD-8A83-8FF348A053F0}"/>
+    <hyperlink ref="E19" r:id="rId127" xr:uid="{9A010326-F9D9-442D-B817-42A4396FEB5B}"/>
+    <hyperlink ref="I19" r:id="rId128" xr:uid="{523662C4-DEC7-4AF5-91E0-A887E60E49C4}"/>
+    <hyperlink ref="I83" r:id="rId129" xr:uid="{2A84DEF6-9048-4E43-A7CE-B1B0D1A5858C}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId127"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId130"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;"Verdana"&amp;7&amp;K000000 SŽ: Interní&amp;1#_x000D_</oddHeader>
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId128"/>
+  <legacyDrawing r:id="rId131"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{65334bdb-ef60-40ad-ad10-aebc1eeffaa2}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="1" removed="0"/>
+  <clbl:label id="{a57527ba-b13c-462f-a5c5-bde84a6d85e5}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>