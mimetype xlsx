--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{860C1B0E-0B38-474E-87DD-AE75553EEC64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E1047A6E-550F-45C8-8926-2C58B1F97D7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F1567A4C-3AC6-4978-AF06-43ED55419A9A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1AE8F574-5F2C-4C3F-86B4-E759FB672422}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C59" authorId="0" shapeId="0" xr:uid="{66C5DE13-D4ED-4BDE-8FF3-588613CB8625}">
+    <comment ref="C60" authorId="0" shapeId="0" xr:uid="{9A0EFF3B-089C-4AA1-BBD3-D2D891A80523}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D59" authorId="0" shapeId="0" xr:uid="{CBE08DE5-21D8-4A8D-876F-A2A04D2D0149}">
+    <comment ref="D60" authorId="0" shapeId="0" xr:uid="{F189C3D7-66D7-4576-8554-EFE2A4747626}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B68" authorId="1" shapeId="0" xr:uid="{6CE3A651-2BDC-46B8-8945-E008BDC77440}">
+    <comment ref="B69" authorId="1" shapeId="0" xr:uid="{09BE5E84-931B-47B9-9C34-6BE5830D5927}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D68" authorId="1" shapeId="0" xr:uid="{A968E40D-E815-4565-A409-AE590F30A05A}">
+    <comment ref="D69" authorId="1" shapeId="0" xr:uid="{54306FEA-77A1-4D54-B108-49076E1E189B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F68" authorId="1" shapeId="0" xr:uid="{53EE3F8E-11D0-46BA-A26C-A892ACEDD994}">
+    <comment ref="F69" authorId="1" shapeId="0" xr:uid="{EBE00795-C51D-4877-B016-8441BBBB417E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="447" uniqueCount="418">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="433">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -444,50 +444,59 @@
   <si>
     <t>dispo@etts.cz</t>
   </si>
   <si>
     <t>Karek Perner</t>
   </si>
   <si>
     <t>perner@etts.cz</t>
   </si>
   <si>
     <t>EUROVIA CZ a.s.</t>
   </si>
   <si>
     <t>Jan Modráček</t>
   </si>
   <si>
     <t>jan.modracek@vinci-construction.com</t>
   </si>
   <si>
     <t>Vít Motyčka</t>
   </si>
   <si>
     <t>vit.motycka@vinci-construction.com</t>
   </si>
   <si>
+    <t>FIRESTA-Fišer, rekonstrukce, stavby a.s.</t>
+  </si>
+  <si>
+    <t>Ing. Tomáš Živný</t>
+  </si>
+  <si>
+    <t>zivny@firesta.cz</t>
+  </si>
+  <si>
     <t>Gepard Express, SE</t>
   </si>
   <si>
     <t>Dispečink GE</t>
   </si>
   <si>
     <t>vlaky@gepard.com</t>
   </si>
   <si>
     <t>Tereza Hlíněná</t>
   </si>
   <si>
     <t>hlinena@gepard.com</t>
   </si>
   <si>
     <t>Gerhát Train s.r.o.</t>
   </si>
   <si>
     <t>Tomáš Gerhát</t>
   </si>
   <si>
     <t>gerhattrain@seznam.cz</t>
   </si>
   <si>
     <t>GJW Praha spol. s r.o.</t>
@@ -849,54 +858,54 @@
   <si>
     <t>OLOMOUCKÁ DOPRAVNÍ s.r.o.</t>
   </si>
   <si>
     <t>dispo@olomouckadopravni.cz</t>
   </si>
   <si>
     <t>ORLEN Unipetrol Doprava, s.r.o.</t>
   </si>
   <si>
     <t>Traťový dispečer</t>
   </si>
   <si>
     <t>tratovydispecer.litvinov@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Radek Čečetka</t>
   </si>
   <si>
     <t>Radek.Cecetka@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Osoblažská úzkorozchodná dráha, o.p.s.</t>
   </si>
   <si>
-    <t>Marek Neděla</t>
-[...2 lines deleted...]
-    <t>provoz@osoblazsko.com</t>
+    <t>Dispečer OÚD</t>
+  </si>
+  <si>
+    <t>dispecer@osoblazsko.com</t>
   </si>
   <si>
     <t>Ostravská dopravní společnost - Cargo, a.s.</t>
   </si>
   <si>
     <t>dispečer ODOS</t>
   </si>
   <si>
     <t>dispecer@odos-cargo.cz</t>
   </si>
   <si>
     <t>dispečeři : Eva Glaicová, Lucie Heczková, Miroslav Přibil, Monika Varkočková</t>
   </si>
   <si>
     <t>PARI CZ Servis, s.r.o.</t>
   </si>
   <si>
     <t>Dispečer PARI CZ</t>
   </si>
   <si>
     <t>dispecer@paricz.cz</t>
   </si>
   <si>
     <t>PEDASTA dopravní společnost, s.r.o.</t>
   </si>
@@ -923,51 +932,51 @@
   </si>
   <si>
     <r>
       <t>Dispečer Ova</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (ved. směny)</t>
     </r>
   </si>
   <si>
     <t>dispecer@pkpcargointernational.com</t>
   </si>
   <si>
     <t>Dispečer Ústí (Čechy)</t>
   </si>
   <si>
     <t>dispecer.usti@pkpcargointernational.com</t>
   </si>
   <si>
-    <t>PKP CARGO SPÓŁKA AKCYJNA</t>
+    <t>PKP CARGO SPÓŁKA AKCYJNA W RESTRUKTURYZACJI</t>
   </si>
   <si>
     <t>Dispecing</t>
   </si>
   <si>
     <t>+48 663 290 458</t>
   </si>
   <si>
     <t>cetd.miedzynarodowy2@pkpcargo.com</t>
   </si>
   <si>
     <t>+48 663 296 451</t>
   </si>
   <si>
     <t>copd.miedzynarodowy3@pkpcargo.com</t>
   </si>
   <si>
     <t>Prvá Slovenská železničná, akciová spoločnosť</t>
   </si>
   <si>
     <t>Dispečer v službe</t>
   </si>
   <si>
     <t>+421 907 701 992</t>
   </si>
@@ -984,50 +993,74 @@
     <t>737 236 986</t>
   </si>
   <si>
     <t>obchod@zxbenet.cz</t>
   </si>
   <si>
     <t>Lenka Zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>774 441 975</t>
   </si>
   <si>
     <t>zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>P.T.D. CZECH, s.r.o.</t>
   </si>
   <si>
     <t>Norbert Mokrý</t>
   </si>
   <si>
     <t>+421 915 695 335</t>
   </si>
   <si>
     <t>mokry.norbert@falcon-rail.eu</t>
+  </si>
+  <si>
+    <t>Puš s.r.o.</t>
+  </si>
+  <si>
+    <t>Ing. Milan Puš</t>
+  </si>
+  <si>
+    <t>603 454 355</t>
+  </si>
+  <si>
+    <t>499 622 613</t>
+  </si>
+  <si>
+    <t>milanpus@mkinet.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kolářová</t>
+  </si>
+  <si>
+    <t>604 780 781</t>
+  </si>
+  <si>
+    <t>provoz.pus@mkinet.cz</t>
   </si>
   <si>
     <t>Qalqam s.r.o.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dispečer </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Qalqam s.r.o.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">       </t>
@@ -1222,68 +1255,83 @@
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
   </si>
   <si>
     <t>Ing. Jan Popelka</t>
   </si>
   <si>
     <t>(v případě MU)</t>
   </si>
   <si>
     <t>jan.popelka2@skanska.cz</t>
   </si>
   <si>
     <t>Slezské zemské dráhy, o.p.s.</t>
   </si>
   <si>
+    <t>Dispečer</t>
+  </si>
+  <si>
+    <t>Marek Neděla</t>
+  </si>
+  <si>
+    <t>provoz@osoblazsko.com</t>
+  </si>
+  <si>
     <t>SLEZSKOMORAVSKÁ DRÁHA a.s.</t>
   </si>
   <si>
     <t>Ing. Martin Uherek</t>
   </si>
   <si>
     <t>uherekmartin@slezskomoravskadraha.cz</t>
   </si>
   <si>
     <t>Petr Majola</t>
   </si>
   <si>
     <t>smdmp@cmail.cz</t>
   </si>
   <si>
     <t>SOFISTIK SERVIS s.r.o.</t>
   </si>
   <si>
+    <t>Petr Hruška</t>
+  </si>
+  <si>
+    <t>provoz@sofistikservis.cz</t>
+  </si>
+  <si>
     <t>Libor Juřina</t>
   </si>
   <si>
     <t>jurina@sofistikservis.cz</t>
   </si>
   <si>
     <t>Správa Ústecké dráhy s.r.o.</t>
   </si>
   <si>
     <t>Ing. Jiří Linhart</t>
   </si>
   <si>
     <t>linhart@usteckadraha.cz</t>
   </si>
   <si>
     <t>Lukáš Pražský</t>
   </si>
   <si>
     <t>prazsky@usteckadraha.cz</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>STRABAG Rail a.s.</t>
@@ -1433,171 +1481,164 @@
     <t>jiri.waicenbauer@viamont.cz</t>
   </si>
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
   <si>
     <t>j.bouska@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>kadr.dispo@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>Wiener Lokalbahnen Cargo GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dispečer</t>
   </si>
   <si>
     <t>dispo@wlc-czechia.cz</t>
   </si>
   <si>
     <t>Zubačka provoz s.r.o.</t>
   </si>
   <si>
     <t>Ing. Petr Prokeš</t>
   </si>
   <si>
     <t>prokes@zubacka.cz</t>
   </si>
   <si>
     <t>Zug agency s.r.o.</t>
   </si>
   <si>
     <t>Miroslav Bezouška</t>
   </si>
   <si>
     <t>776 103 540</t>
   </si>
   <si>
     <t>dispo@zugagency.cz</t>
   </si>
   <si>
     <t>Ing. Martin Horváth</t>
   </si>
   <si>
     <t>+421 917 756 085</t>
   </si>
   <si>
     <t>horvath@zugagency.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Arial"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1707,175 +1748,182 @@
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -2140,60 +2188,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@osoblazsko.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FE11343-AB54-4C0A-A8C5-BAE4E915533A}">
-  <dimension ref="A1:L120"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD3C72BE-615D-42DB-9EF8-81580CD45920}">
+  <dimension ref="A1:L122"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.7109375" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
     <col min="257" max="257" width="64.7109375" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
@@ -3348,2117 +3395,2180 @@
       <c r="B22" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="10">
         <v>731122694</v>
       </c>
       <c r="D22" s="10"/>
       <c r="E22" s="13" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="10">
         <v>732694557</v>
       </c>
       <c r="H22" s="11"/>
       <c r="I22" s="12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="22" t="s">
+      <c r="B23" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="10">
+        <v>602741181</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="25"/>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" s="24">
         <v>702092324</v>
       </c>
-      <c r="D23" s="24"/>
-[...6 lines deleted...]
-      <c r="G23" s="23">
+      <c r="D24" s="25"/>
+      <c r="E24" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="24">
         <v>735874449</v>
       </c>
-      <c r="H23" s="24"/>
-[...11 lines deleted...]
-      <c r="C24" s="23">
+      <c r="H24" s="25"/>
+      <c r="I24" s="12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="24">
         <v>604537231</v>
       </c>
-      <c r="D24" s="24"/>
-[...15 lines deleted...]
-      <c r="C25" s="23">
+      <c r="D25" s="25"/>
+      <c r="E25" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="11"/>
+    </row>
+    <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" s="24">
         <v>735150999</v>
       </c>
-      <c r="D25" s="24"/>
-[...6 lines deleted...]
-      <c r="G25" s="23">
+      <c r="D26" s="25"/>
+      <c r="E26" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="G26" s="24">
         <v>735150999</v>
       </c>
-      <c r="H25" s="24"/>
-[...8 lines deleted...]
-      <c r="B26" s="9" t="s">
+      <c r="H26" s="25"/>
+      <c r="I26" s="12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C26" s="10">
+      <c r="C27" s="10">
         <v>734640824</v>
       </c>
-      <c r="D26" s="11"/>
-[...6 lines deleted...]
-      <c r="G26" s="10">
+      <c r="D27" s="11"/>
+      <c r="E27" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" s="10">
         <v>793941741</v>
       </c>
-      <c r="H26" s="11"/>
-[...28 lines deleted...]
-      </c>
+      <c r="H27" s="11"/>
       <c r="I27" s="12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="11" t="s">
+      <c r="C28" s="10">
+        <v>733785017</v>
+      </c>
+      <c r="D28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="E28" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="C28" s="10">
-[...3 lines deleted...]
-      <c r="E28" s="12" t="s">
+      <c r="F28" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="11"/>
-[...2 lines deleted...]
-      <c r="I28" s="12"/>
+      <c r="G28" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I28" s="12" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="9" t="s">
+      <c r="B29" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="10">
-        <v>702169442</v>
+        <v>602413669</v>
       </c>
       <c r="D29" s="10"/>
       <c r="E29" s="12" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="11"/>
       <c r="G29" s="10"/>
       <c r="H29" s="11"/>
       <c r="I29" s="12"/>
     </row>
     <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="11" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="10">
-        <v>601372636</v>
+        <v>702169442</v>
       </c>
       <c r="D30" s="10"/>
       <c r="E30" s="12" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="11"/>
-      <c r="G30" s="11"/>
+      <c r="G30" s="10"/>
       <c r="H30" s="11"/>
-      <c r="I30" s="11"/>
+      <c r="I30" s="12"/>
     </row>
     <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="B31" s="11" t="s">
+      <c r="B31" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="10">
-        <v>737634614</v>
+        <v>601372636</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="12" t="s">
         <v>117</v>
       </c>
-      <c r="F31" s="11" t="s">
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="11"/>
+    </row>
+    <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="G31" s="10">
+      <c r="B32" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" s="10">
+        <v>737634614</v>
+      </c>
+      <c r="D32" s="10"/>
+      <c r="E32" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" s="10">
         <v>605001534</v>
       </c>
-      <c r="H31" s="10"/>
-[...15 lines deleted...]
-      <c r="E32" s="12" t="s">
+      <c r="H32" s="10"/>
+      <c r="I32" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="F32" s="11"/>
-[...2 lines deleted...]
-      <c r="I32" s="11"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="9" t="s">
         <v>123</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="C33" s="26">
-[...2 lines deleted...]
-      <c r="D33" s="10"/>
+      <c r="C33" s="10">
+        <v>720862719</v>
+      </c>
+      <c r="D33" s="11"/>
       <c r="E33" s="12" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="10"/>
+      <c r="G33" s="11"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="27"/>
+      <c r="I33" s="11"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="11" t="s">
+      <c r="A34" s="9" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="C34" s="10">
-[...2 lines deleted...]
-      <c r="D34" s="11"/>
+      <c r="C34" s="26">
+        <v>774922259</v>
+      </c>
+      <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
         <v>128</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="11"/>
+      <c r="G34" s="10"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="11"/>
+      <c r="I34" s="27"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="B35" s="11" t="s">
-        <v>50</v>
+      <c r="B35" s="9" t="s">
+        <v>130</v>
       </c>
       <c r="C35" s="10">
-        <v>725933605</v>
+        <v>724028968</v>
       </c>
       <c r="D35" s="11"/>
       <c r="E35" s="12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="11" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B36" s="9" t="s">
         <v>132</v>
       </c>
+      <c r="B36" s="11" t="s">
+        <v>50</v>
+      </c>
       <c r="C36" s="10">
-        <v>474470450</v>
-[...1 lines deleted...]
-      <c r="D36" s="10">
         <v>725933605</v>
       </c>
+      <c r="D36" s="11"/>
       <c r="E36" s="12" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
+      <c r="A37" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D37" s="10">
+        <v>725933605</v>
+      </c>
+      <c r="E37" s="12" t="s">
         <v>133</v>
-      </c>
-[...8 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="28" t="s">
+      <c r="A38" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>137</v>
       </c>
-      <c r="C38" s="17" t="s">
+      <c r="C38" s="28">
+        <v>777491367</v>
+      </c>
+      <c r="D38" s="28"/>
+      <c r="E38" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="D38" s="11"/>
-[...12 lines deleted...]
-      </c>
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
     </row>
     <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="29" t="s">
+        <v>139</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D39" s="11"/>
+      <c r="E39" s="12" t="s">
         <v>142</v>
       </c>
-      <c r="B39" s="9" t="s">
+      <c r="F39" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="C39" s="17" t="s">
+      <c r="G39" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="D39" s="11"/>
-      <c r="E39" s="30" t="s">
+      <c r="H39" s="17"/>
+      <c r="I39" s="12" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="30" t="s">
         <v>145</v>
       </c>
-      <c r="F39" s="9"/>
-[...5 lines deleted...]
-      <c r="A40" s="31" t="s">
+      <c r="B40" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="B40" s="9" t="s">
+      <c r="C40" s="17" t="s">
         <v>147</v>
       </c>
-      <c r="C40" s="17" t="s">
+      <c r="D40" s="11"/>
+      <c r="E40" s="31" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F40" s="9"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>151</v>
       </c>
-      <c r="B41" s="9" t="s">
+      <c r="D41" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="C41" s="10">
-[...2 lines deleted...]
-      <c r="D41" s="11"/>
       <c r="E41" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="11" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="12"/>
     </row>
     <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C42" s="10">
+        <v>727844219</v>
+      </c>
+      <c r="D42" s="11"/>
+      <c r="E42" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="11" t="s">
         <v>157</v>
       </c>
-      <c r="B42" s="11" t="s">
+      <c r="G42" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H42" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="C42" s="10">
-[...3 lines deleted...]
-      <c r="E42" s="11" t="s">
+      <c r="I42" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="F42" s="11"/>
-[...2 lines deleted...]
-      <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="9" t="s">
+      <c r="B43" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C43" s="10">
-        <v>603865027</v>
+        <v>603729639</v>
       </c>
       <c r="D43" s="11"/>
-      <c r="E43" s="12" t="s">
+      <c r="E43" s="11" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="11"/>
-      <c r="G43" s="10"/>
+      <c r="G43" s="11"/>
       <c r="H43" s="11"/>
-      <c r="I43" s="12"/>
+      <c r="I43" s="11"/>
     </row>
     <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="11" t="s">
+      <c r="B44" s="9" t="s">
         <v>164</v>
       </c>
       <c r="C44" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D44" s="10"/>
+        <v>603865027</v>
+      </c>
+      <c r="D44" s="11"/>
       <c r="E44" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="F44" s="9"/>
+      <c r="F44" s="11"/>
       <c r="G44" s="10"/>
-      <c r="H44" s="10"/>
+      <c r="H44" s="11"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>166</v>
       </c>
-      <c r="B45" s="12" t="s">
+      <c r="B45" s="11" t="s">
         <v>167</v>
       </c>
       <c r="C45" s="10">
-        <v>777490011</v>
+        <v>735177500</v>
       </c>
       <c r="D45" s="10"/>
-      <c r="E45" s="11" t="s">
+      <c r="E45" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="F45" s="11"/>
+      <c r="F45" s="9"/>
       <c r="G45" s="10"/>
       <c r="H45" s="10"/>
-      <c r="I45" s="11"/>
+      <c r="I45" s="12"/>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="9" t="s">
+      <c r="A46" s="11" t="s">
         <v>169</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C46" s="10">
         <v>777490011</v>
       </c>
       <c r="D46" s="10"/>
       <c r="E46" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F46" s="11"/>
       <c r="G46" s="10"/>
-      <c r="H46" s="11"/>
+      <c r="H46" s="10"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B47" s="12" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C47" s="10">
         <v>777490011</v>
       </c>
       <c r="D47" s="10"/>
       <c r="E47" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F47" s="11"/>
       <c r="G47" s="10"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C48" s="10">
+        <v>777490011</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F48" s="11"/>
-      <c r="G48" s="11"/>
+      <c r="G48" s="10"/>
       <c r="H48" s="11"/>
       <c r="I48" s="11"/>
     </row>
     <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
+      <c r="A49" s="9" t="s">
         <v>174</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C49" s="10">
-        <v>732956099</v>
+        <v>604750035</v>
       </c>
       <c r="D49" s="11"/>
       <c r="E49" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="F49" s="9"/>
-      <c r="G49" s="10"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
       <c r="H49" s="11"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="9" t="s">
+      <c r="A50" s="11" t="s">
         <v>177</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>178</v>
       </c>
-      <c r="C50" s="32" t="s">
+      <c r="C50" s="10">
+        <v>732956099</v>
+      </c>
+      <c r="D50" s="11"/>
+      <c r="E50" s="12" t="s">
         <v>179</v>
       </c>
-      <c r="D50" s="11"/>
-      <c r="E50" s="11" t="s">
+      <c r="F50" s="9"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="11"/>
+    </row>
+    <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="F50" s="9" t="s">
+      <c r="B51" s="11" t="s">
         <v>181</v>
       </c>
-      <c r="G50" s="32" t="s">
+      <c r="C51" s="33" t="s">
         <v>182</v>
-      </c>
-[...13 lines deleted...]
-        <v>606091021</v>
       </c>
       <c r="D51" s="11"/>
       <c r="E51" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="G51" s="33" t="s">
         <v>185</v>
       </c>
-      <c r="F51" s="11"/>
-      <c r="G51" s="10"/>
       <c r="H51" s="11"/>
-      <c r="I51" s="11"/>
+      <c r="I51" s="12" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="11" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="C52" s="10">
-        <v>775360552</v>
+        <v>606091021</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>188</v>
       </c>
       <c r="F52" s="11"/>
       <c r="G52" s="10"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="B53" s="9" t="s">
+      <c r="B53" s="11" t="s">
         <v>190</v>
       </c>
       <c r="C53" s="10">
+        <v>775360552</v>
+      </c>
+      <c r="D53" s="11"/>
+      <c r="E53" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="F53" s="11"/>
+      <c r="G53" s="10"/>
+      <c r="H53" s="11"/>
+      <c r="I53" s="11"/>
+    </row>
+    <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C54" s="10">
         <v>775567311</v>
       </c>
-      <c r="D53" s="17" t="s">
-[...14 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="D54" s="17" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>195</v>
       </c>
       <c r="F54" s="11"/>
-      <c r="G54" s="32"/>
+      <c r="G54" s="33"/>
       <c r="H54" s="10"/>
       <c r="I54" s="12"/>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="B55" s="11" t="s">
+      <c r="B55" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="C55" s="10">
-[...2 lines deleted...]
-      <c r="D55" s="11"/>
+      <c r="C55" s="34">
+        <v>775567311</v>
+      </c>
+      <c r="D55" s="17" t="s">
+        <v>194</v>
+      </c>
       <c r="E55" s="12" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="11"/>
-[...1 lines deleted...]
-      <c r="I55" s="11"/>
+      <c r="G55" s="33"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="12"/>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
         <v>199</v>
       </c>
-      <c r="B56" s="9" t="s">
+      <c r="B56" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="C56" s="10">
+        <v>731415372</v>
+      </c>
+      <c r="D56" s="11"/>
+      <c r="E56" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="11"/>
+    </row>
+    <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B57" s="9" t="s">
         <v>50</v>
-      </c>
-[...17 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C57" s="10">
         <v>731676301</v>
       </c>
       <c r="D57" s="10"/>
       <c r="E57" s="12" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="11"/>
-[...1 lines deleted...]
-      <c r="I57" s="11"/>
+      <c r="G57" s="10"/>
+      <c r="H57" s="10"/>
+      <c r="I57" s="35"/>
     </row>
     <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="11" t="s">
+      <c r="A58" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C58" s="10">
+        <v>731676301</v>
+      </c>
+      <c r="D58" s="10"/>
+      <c r="E58" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="B58" s="9" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="10"/>
+      <c r="G58" s="11"/>
       <c r="H58" s="11"/>
       <c r="I58" s="11"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="11" t="s">
         <v>206</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>207</v>
       </c>
       <c r="C59" s="10">
-        <v>736609903</v>
-[...1 lines deleted...]
-      <c r="D59" s="10"/>
+        <v>606730273</v>
+      </c>
+      <c r="D59" s="11"/>
       <c r="E59" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="F59" s="9"/>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="10"/>
+      <c r="H59" s="11"/>
+      <c r="I59" s="11"/>
     </row>
     <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="9" t="s">
+      <c r="A60" s="11" t="s">
         <v>209</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="C60" s="17" t="s">
-        <v>211</v>
+      <c r="C60" s="10">
+        <v>736609903</v>
       </c>
       <c r="D60" s="10"/>
       <c r="E60" s="12" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F60" s="9"/>
-      <c r="G60" s="34"/>
+      <c r="G60" s="36"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="B61" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="B61" s="9" t="s">
-[...3 lines deleted...]
-        <v>733712954</v>
+      <c r="C61" s="17" t="s">
+        <v>214</v>
       </c>
       <c r="D61" s="10"/>
       <c r="E61" s="12" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="I61" s="11"/>
+        <v>215</v>
+      </c>
+      <c r="F61" s="9"/>
+      <c r="G61" s="36"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="11" t="s">
-        <v>215</v>
+      <c r="A62" s="9" t="s">
+        <v>216</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="C62" s="10">
-        <v>731451532</v>
-[...3 lines deleted...]
-      </c>
+        <v>733712954</v>
+      </c>
+      <c r="D62" s="10"/>
       <c r="E62" s="12" t="s">
         <v>217</v>
       </c>
-      <c r="F62" s="9" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
+      <c r="I62" s="11"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="C63" s="10">
+        <v>731451532</v>
+      </c>
+      <c r="D63" s="10">
+        <v>476164141</v>
+      </c>
+      <c r="E63" s="12" t="s">
         <v>220</v>
       </c>
-      <c r="B63" s="11" t="s">
+      <c r="F63" s="9" t="s">
         <v>221</v>
       </c>
-      <c r="C63" s="10">
-[...3 lines deleted...]
-      <c r="E63" s="12" t="s">
+      <c r="G63" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H63" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I63" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="F63" s="9"/>
-[...2 lines deleted...]
-      <c r="I63" s="12"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
         <v>223</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>224</v>
       </c>
       <c r="C64" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D64" s="11"/>
+        <v>601502564</v>
+      </c>
+      <c r="D64" s="10"/>
       <c r="E64" s="12" t="s">
         <v>225</v>
       </c>
-      <c r="F64" s="9" t="s">
+      <c r="F64" s="9"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+      <c r="I64" s="12"/>
+    </row>
+    <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="9" t="s">
         <v>226</v>
       </c>
-      <c r="G64" s="10"/>
-[...4 lines deleted...]
-      <c r="A65" s="11" t="s">
+      <c r="B65" s="9" t="s">
         <v>227</v>
       </c>
-      <c r="B65" s="9" t="s">
+      <c r="C65" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D65" s="11"/>
+      <c r="E65" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="C65" s="10">
-[...3 lines deleted...]
-      <c r="E65" s="12" t="s">
+      <c r="F65" s="9" t="s">
         <v>229</v>
       </c>
-      <c r="F65" s="9"/>
       <c r="G65" s="10"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
         <v>230</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>231</v>
       </c>
-      <c r="C66" s="23">
-[...3 lines deleted...]
-      <c r="E66" s="35" t="s">
+      <c r="C66" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D66" s="10"/>
+      <c r="E66" s="12" t="s">
         <v>232</v>
       </c>
-      <c r="F66" s="22"/>
-[...2 lines deleted...]
-      <c r="I66" s="24"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="10"/>
+      <c r="H66" s="11"/>
+      <c r="I66" s="11"/>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="9" t="s">
+      <c r="A67" s="11" t="s">
         <v>233</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="C67" s="36" t="s">
+      <c r="C67" s="24">
+        <v>774692738</v>
+      </c>
+      <c r="D67" s="24"/>
+      <c r="E67" s="37" t="s">
         <v>235</v>
       </c>
-      <c r="D67" s="24"/>
-      <c r="E67" s="35" t="s">
+      <c r="F67" s="23"/>
+      <c r="G67" s="24"/>
+      <c r="H67" s="25"/>
+      <c r="I67" s="25"/>
+    </row>
+    <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="9" t="s">
         <v>236</v>
       </c>
-      <c r="F67" s="22"/>
-[...5 lines deleted...]
-      <c r="A68" s="14" t="s">
+      <c r="B68" s="9" t="s">
         <v>237</v>
       </c>
-      <c r="B68" s="24" t="s">
+      <c r="C68" s="38" t="s">
         <v>238</v>
       </c>
-      <c r="C68" s="23">
+      <c r="D68" s="25"/>
+      <c r="E68" s="37" t="s">
+        <v>239</v>
+      </c>
+      <c r="F68" s="23"/>
+      <c r="G68" s="24"/>
+      <c r="H68" s="25"/>
+      <c r="I68" s="37"/>
+    </row>
+    <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="C69" s="24">
         <v>606702714</v>
       </c>
-      <c r="D68" s="23">
+      <c r="D69" s="24">
         <v>596166444</v>
       </c>
-      <c r="E68" s="35" t="s">
-[...5 lines deleted...]
-      <c r="G68" s="23">
+      <c r="E69" s="37" t="s">
+        <v>242</v>
+      </c>
+      <c r="F69" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="G69" s="24">
         <v>602133890</v>
       </c>
-      <c r="H68" s="23">
+      <c r="H69" s="24">
         <v>224956633</v>
       </c>
-      <c r="I68" s="35" t="s">
-[...10 lines deleted...]
-      <c r="C69" s="32" t="s">
+      <c r="I69" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="D69" s="32"/>
-      <c r="E69" s="12" t="s">
+    </row>
+    <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="17" t="s">
+      <c r="B70" s="9" t="s">
         <v>246</v>
       </c>
-      <c r="H69" s="32"/>
-      <c r="I69" s="12" t="s">
+      <c r="C70" s="33" t="s">
         <v>247</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A70" s="11" t="s">
+      <c r="D70" s="33"/>
+      <c r="E70" s="12" t="s">
         <v>248</v>
       </c>
-      <c r="B70" s="9" t="s">
+      <c r="F70" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="G70" s="17" t="s">
         <v>249</v>
       </c>
-      <c r="C70" s="17" t="s">
+      <c r="H70" s="33"/>
+      <c r="I70" s="12" t="s">
         <v>250</v>
       </c>
-      <c r="D70" s="32"/>
-      <c r="E70" s="12" t="s">
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
         <v>251</v>
       </c>
-      <c r="F70" s="11"/>
-[...5 lines deleted...]
-      <c r="A71" s="37" t="s">
+      <c r="B71" s="9" t="s">
         <v>252</v>
       </c>
-      <c r="B71" s="38" t="s">
+      <c r="C71" s="17" t="s">
         <v>253</v>
       </c>
-      <c r="C71" s="39" t="s">
+      <c r="D71" s="33"/>
+      <c r="E71" s="12" t="s">
         <v>254</v>
       </c>
-      <c r="D71" s="40"/>
-      <c r="E71" s="41" t="s">
+      <c r="F71" s="11"/>
+      <c r="G71" s="33"/>
+      <c r="H71" s="33"/>
+      <c r="I71" s="11"/>
+    </row>
+    <row r="72" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="39" t="s">
         <v>255</v>
       </c>
-      <c r="F71" s="42" t="s">
+      <c r="B72" s="40" t="s">
         <v>256</v>
       </c>
-      <c r="G71" s="39" t="s">
+      <c r="C72" s="41" t="s">
         <v>257</v>
       </c>
-      <c r="H71" s="32"/>
-      <c r="I71" s="41" t="s">
+      <c r="D72" s="42"/>
+      <c r="E72" s="43" t="s">
         <v>258</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="20" t="s">
+      <c r="F72" s="44" t="s">
         <v>259</v>
       </c>
-      <c r="B72" s="43" t="s">
+      <c r="G72" s="41" t="s">
         <v>260</v>
       </c>
-      <c r="C72" s="17" t="s">
+      <c r="H72" s="33"/>
+      <c r="I72" s="43" t="s">
         <v>261</v>
       </c>
-      <c r="D72" s="44"/>
-      <c r="E72" s="45" t="s">
+    </row>
+    <row r="73" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="20" t="s">
         <v>262</v>
       </c>
-      <c r="F72" s="42"/>
-[...5 lines deleted...]
-      <c r="A73" s="46" t="s">
+      <c r="B73" s="44" t="s">
         <v>263</v>
       </c>
-      <c r="B73" s="31" t="s">
+      <c r="C73" s="17" t="s">
         <v>264</v>
       </c>
-      <c r="C73" s="10">
+      <c r="D73" s="45"/>
+      <c r="E73" s="46" t="s">
+        <v>265</v>
+      </c>
+      <c r="F73" s="44"/>
+      <c r="G73" s="41"/>
+      <c r="H73" s="33"/>
+      <c r="I73" s="43"/>
+    </row>
+    <row r="74" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="20" t="s">
+        <v>266</v>
+      </c>
+      <c r="B74" s="44" t="s">
+        <v>267</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="D74" s="41" t="s">
+        <v>269</v>
+      </c>
+      <c r="E74" s="47" t="s">
+        <v>270</v>
+      </c>
+      <c r="F74" s="44" t="s">
+        <v>271</v>
+      </c>
+      <c r="G74" s="41" t="s">
+        <v>272</v>
+      </c>
+      <c r="H74" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="I74" s="48" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="49" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" s="32" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="10">
         <v>770197969</v>
       </c>
-      <c r="D73" s="11"/>
-[...15 lines deleted...]
-      <c r="C74" s="10">
+      <c r="D75" s="11"/>
+      <c r="E75" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="F75" s="50"/>
+      <c r="G75" s="41"/>
+      <c r="H75" s="33"/>
+      <c r="I75" s="43"/>
+    </row>
+    <row r="76" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C76" s="10">
         <v>267314243</v>
       </c>
-      <c r="D74" s="10">
-[...38 lines deleted...]
-      </c>
       <c r="D76" s="10"/>
-      <c r="E76" s="12" t="s">
-        <v>275</v>
+      <c r="E76" s="11" t="s">
+        <v>279</v>
       </c>
       <c r="F76" s="9"/>
-      <c r="G76" s="47"/>
+      <c r="G76" s="51"/>
       <c r="H76" s="10"/>
-      <c r="I76" s="48"/>
+      <c r="I76" s="52"/>
     </row>
     <row r="77" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B77" s="9" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>281</v>
+      </c>
+      <c r="C77" s="10">
+        <v>737212178</v>
       </c>
       <c r="D77" s="10"/>
       <c r="E77" s="12" t="s">
-        <v>279</v>
-[...8 lines deleted...]
-      <c r="I77" s="12" t="s">
         <v>282</v>
       </c>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="11"/>
     </row>
     <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="9" t="s">
+      <c r="A78" s="53" t="s">
         <v>283</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="10"/>
       <c r="E78" s="12" t="s">
         <v>286</v>
       </c>
-      <c r="F78" s="9" t="s">
+      <c r="F78" s="9"/>
+      <c r="G78" s="51"/>
+      <c r="H78" s="10"/>
+      <c r="I78" s="52"/>
+    </row>
+    <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="9" t="s">
         <v>287</v>
       </c>
-      <c r="G78" s="17" t="s">
+      <c r="B79" s="9" t="s">
         <v>288</v>
       </c>
-      <c r="H78" s="10"/>
-      <c r="I78" s="12" t="s">
+      <c r="C79" s="17" t="s">
         <v>289</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="D79" s="10"/>
+      <c r="E79" s="12" t="s">
         <v>290</v>
       </c>
-      <c r="B79" s="11" t="s">
-[...6 lines deleted...]
-      <c r="E79" s="11" t="s">
+      <c r="F79" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="F79" s="11"/>
-[...2 lines deleted...]
-      <c r="I79" s="11"/>
+      <c r="G79" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" s="10"/>
+      <c r="I79" s="12" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="11" t="s">
-        <v>292</v>
+      <c r="A80" s="9" t="s">
+        <v>294</v>
       </c>
       <c r="B80" s="9" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      <c r="D80" s="11"/>
+        <v>295</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>296</v>
+      </c>
+      <c r="D80" s="10"/>
       <c r="E80" s="12" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-      <c r="H80" s="11"/>
+        <v>298</v>
+      </c>
+      <c r="G80" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="H80" s="10"/>
       <c r="I80" s="12" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="11" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>301</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>36</v>
       </c>
       <c r="C81" s="10">
-        <v>602492281</v>
+        <v>739341656</v>
       </c>
       <c r="D81" s="11"/>
-      <c r="E81" s="13" t="s">
-        <v>299</v>
+      <c r="E81" s="11" t="s">
+        <v>302</v>
       </c>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="11" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B82" s="9" t="s">
-        <v>301</v>
-[...11 lines deleted...]
-      <c r="G82" s="11"/>
+        <v>304</v>
+      </c>
+      <c r="C82" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D82" s="11"/>
+      <c r="E82" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="G82" s="10">
+        <v>602814592</v>
+      </c>
       <c r="H82" s="11"/>
-      <c r="I82" s="11"/>
+      <c r="I82" s="12" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="11" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>304</v>
-[...6 lines deleted...]
-        <v>306</v>
+        <v>309</v>
+      </c>
+      <c r="C83" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D83" s="11"/>
+      <c r="E83" s="13" t="s">
+        <v>310</v>
       </c>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
     </row>
     <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="11" t="s">
-        <v>307</v>
-[...9 lines deleted...]
-        <v>309</v>
+        <v>311</v>
+      </c>
+      <c r="B84" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C84" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D84" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E84" s="13" t="s">
+        <v>313</v>
       </c>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
     </row>
     <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="11" t="s">
-        <v>310</v>
-[...9 lines deleted...]
-        <v>313</v>
+        <v>314</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D85" s="16"/>
+      <c r="E85" s="12" t="s">
+        <v>317</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="14" t="s">
-[...15 lines deleted...]
-      <c r="I86" s="13"/>
+      <c r="A86" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="C86" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D86" s="11"/>
+      <c r="E86" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="F86" s="11"/>
+      <c r="G86" s="11"/>
+      <c r="H86" s="11"/>
+      <c r="I86" s="11"/>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>321</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>323</v>
       </c>
       <c r="D87" s="11"/>
-      <c r="E87" s="12" t="s">
-        <v>319</v>
+      <c r="E87" s="11" t="s">
+        <v>324</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I88" s="11"/>
+      <c r="A88" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="B88" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C88" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="D88" s="18"/>
+      <c r="E88" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F88" s="9"/>
+      <c r="G88" s="33"/>
+      <c r="H88" s="18"/>
+      <c r="I88" s="13"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>328</v>
+      </c>
+      <c r="B89" s="9" t="s">
+        <v>329</v>
       </c>
       <c r="C89" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D89" s="11"/>
-      <c r="E89" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E89" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="F89" s="11"/>
+      <c r="G89" s="11"/>
       <c r="H89" s="11"/>
-      <c r="I89" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="11" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>331</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>332</v>
       </c>
       <c r="C90" s="10">
-        <v>737257828</v>
-[...14 lines deleted...]
-      <c r="I90" s="12" t="s">
+        <v>724050445</v>
+      </c>
+      <c r="D90" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E90" s="11" t="s">
         <v>333</v>
       </c>
+      <c r="F90" s="11"/>
+      <c r="G90" s="11"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="11"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
         <v>334</v>
       </c>
       <c r="B91" s="11" t="s">
-        <v>221</v>
+        <v>335</v>
       </c>
       <c r="C91" s="10">
-        <v>732558464</v>
-[...8 lines deleted...]
-      <c r="I91" s="11"/>
+        <v>724032663</v>
+      </c>
+      <c r="D91" s="11"/>
+      <c r="E91" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="F91" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="G91" s="10">
+        <v>602786694</v>
+      </c>
+      <c r="H91" s="11"/>
+      <c r="I91" s="11" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="11" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C92" s="10">
-        <v>602699294</v>
+        <v>737257828</v>
       </c>
       <c r="D92" s="11"/>
-      <c r="E92" s="11" t="s">
-        <v>337</v>
+      <c r="E92" s="12" t="s">
+        <v>341</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="G92" s="10">
-        <v>602752390</v>
-[...1 lines deleted...]
-      <c r="H92" s="11"/>
+        <v>737255532</v>
+      </c>
+      <c r="H92" s="54" t="s">
+        <v>343</v>
+      </c>
       <c r="I92" s="12" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="11" t="s">
-[...3 lines deleted...]
-        <v>341</v>
+      <c r="A93" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>346</v>
       </c>
       <c r="C93" s="10">
-        <v>602785383</v>
-[...8 lines deleted...]
-      <c r="I93" s="51"/>
+        <v>601502564</v>
+      </c>
+      <c r="D93" s="10"/>
+      <c r="E93" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="G93" s="10">
+        <v>732558464</v>
+      </c>
+      <c r="H93" s="10"/>
+      <c r="I93" s="9" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>349</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>350</v>
       </c>
       <c r="C94" s="10">
-        <v>723533193</v>
+        <v>602699294</v>
       </c>
       <c r="D94" s="11"/>
-      <c r="E94" s="13" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="E94" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>352</v>
       </c>
       <c r="G94" s="10">
-        <v>604417904</v>
+        <v>602752390</v>
       </c>
       <c r="H94" s="11"/>
       <c r="I94" s="12" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="11" t="s">
-        <v>348</v>
-[...8 lines deleted...]
-      <c r="I95" s="53"/>
+        <v>354</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="C95" s="10">
+        <v>732987872</v>
+      </c>
+      <c r="D95" s="11"/>
+      <c r="E95" s="13" t="s">
+        <v>356</v>
+      </c>
+      <c r="F95" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="G95" s="10">
+        <v>602785383</v>
+      </c>
+      <c r="H95" s="11"/>
+      <c r="I95" s="13" t="s">
+        <v>358</v>
+      </c>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="9" t="s">
-[...3 lines deleted...]
-        <v>308</v>
+      <c r="A96" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>360</v>
       </c>
       <c r="C96" s="10">
+        <v>723533193</v>
+      </c>
+      <c r="D96" s="11"/>
+      <c r="E96" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>362</v>
+      </c>
+      <c r="G96" s="10">
+        <v>604417904</v>
+      </c>
+      <c r="H96" s="11"/>
+      <c r="I96" s="12" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="B97" s="55"/>
+      <c r="C97" s="55"/>
+      <c r="D97" s="55"/>
+      <c r="E97" s="55"/>
+      <c r="F97" s="55"/>
+      <c r="G97" s="55"/>
+      <c r="H97" s="55"/>
+      <c r="I97" s="56"/>
+    </row>
+    <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C98" s="10">
         <v>734170707</v>
       </c>
-      <c r="D96" s="11"/>
-[...6 lines deleted...]
-      <c r="G96" s="10">
+      <c r="D98" s="11"/>
+      <c r="E98" s="22" t="s">
+        <v>366</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="G98" s="10">
         <v>739580585</v>
       </c>
-      <c r="H96" s="11"/>
-[...11 lines deleted...]
-      <c r="C97" s="10">
+      <c r="H98" s="11"/>
+      <c r="I98" s="57" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="C99" s="10">
         <v>770328332</v>
       </c>
-      <c r="D97" s="11"/>
-[...6 lines deleted...]
-      <c r="G97" s="10">
+      <c r="D99" s="11"/>
+      <c r="E99" s="12" t="s">
+        <v>371</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>372</v>
+      </c>
+      <c r="G99" s="10">
         <v>352462894</v>
       </c>
-      <c r="H97" s="10">
+      <c r="H99" s="10">
         <v>352463854</v>
       </c>
-      <c r="I97" s="12" t="s">
-[...10 lines deleted...]
-      <c r="C98" s="10">
+      <c r="I99" s="12" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="58" t="s">
+        <v>374</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>375</v>
+      </c>
+      <c r="C100" s="10">
         <v>725040824</v>
       </c>
-      <c r="D98" s="10"/>
-[...6 lines deleted...]
-      <c r="G98" s="10">
+      <c r="D100" s="10"/>
+      <c r="E100" s="12" t="s">
+        <v>376</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>377</v>
+      </c>
+      <c r="G100" s="10">
         <v>775657619</v>
       </c>
-      <c r="H98" s="10"/>
-[...11 lines deleted...]
-      <c r="C99" s="10">
+      <c r="H100" s="10"/>
+      <c r="I100" s="12" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="58" t="s">
+        <v>379</v>
+      </c>
+      <c r="B101" s="9" t="s">
+        <v>380</v>
+      </c>
+      <c r="C101" s="10">
         <v>720987811</v>
       </c>
-      <c r="D99" s="21"/>
-[...6 lines deleted...]
-      <c r="G99" s="10">
+      <c r="D101" s="28"/>
+      <c r="E101" s="12" t="s">
+        <v>381</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="G101" s="10">
         <v>725319655</v>
       </c>
-      <c r="H99" s="21"/>
-[...8 lines deleted...]
-      <c r="B100" s="9" t="s">
+      <c r="H101" s="28"/>
+      <c r="I101" s="12" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="58" t="s">
+        <v>384</v>
+      </c>
+      <c r="B102" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="C100" s="10">
+      <c r="C102" s="10">
         <v>776747770</v>
       </c>
-      <c r="D100" s="21"/>
-[...53 lines deleted...]
-      <c r="I102" s="11"/>
+      <c r="D102" s="28"/>
+      <c r="E102" s="12" t="s">
+        <v>385</v>
+      </c>
+      <c r="F102" s="9"/>
+      <c r="G102" s="10"/>
+      <c r="H102" s="10"/>
+      <c r="I102" s="9"/>
     </row>
     <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="11" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>386</v>
+      </c>
+      <c r="B103" s="9" t="s">
+        <v>387</v>
       </c>
       <c r="C103" s="10">
-        <v>602784750</v>
-[...6 lines deleted...]
-      <c r="G103" s="11"/>
+        <v>722275714</v>
+      </c>
+      <c r="D103" s="10"/>
+      <c r="E103" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="F103" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="G103" s="10">
+        <v>602510497</v>
+      </c>
       <c r="H103" s="11"/>
-      <c r="I103" s="11"/>
+      <c r="I103" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="J103" s="59"/>
+      <c r="K103" s="60"/>
+      <c r="L103" s="61"/>
     </row>
     <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="61" t="s">
-[...10 lines deleted...]
-        <v>258</v>
+      <c r="A104" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>392</v>
+      </c>
+      <c r="C104" s="62" t="s">
+        <v>393</v>
+      </c>
+      <c r="D104" s="63"/>
+      <c r="E104" s="14" t="s">
+        <v>394</v>
       </c>
       <c r="F104" s="11"/>
       <c r="G104" s="11"/>
       <c r="H104" s="11"/>
       <c r="I104" s="11"/>
     </row>
     <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="11" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="C105" s="10">
-        <v>602198030</v>
+        <v>602784750</v>
       </c>
       <c r="D105" s="11"/>
-      <c r="E105" s="12" t="s">
-        <v>386</v>
+      <c r="E105" s="11" t="s">
+        <v>397</v>
       </c>
       <c r="F105" s="11"/>
       <c r="G105" s="11"/>
       <c r="H105" s="11"/>
       <c r="I105" s="11"/>
     </row>
     <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="11" t="s">
-[...3 lines deleted...]
-        <v>388</v>
+      <c r="A106" s="64" t="s">
+        <v>398</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>399</v>
       </c>
       <c r="C106" s="10">
-        <v>734753940</v>
+        <v>774441975</v>
       </c>
       <c r="D106" s="11"/>
       <c r="E106" s="12" t="s">
-        <v>389</v>
+        <v>261</v>
       </c>
       <c r="F106" s="11"/>
-      <c r="G106" s="10"/>
+      <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="11"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="C107" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D107" s="10"/>
+        <v>602198030</v>
+      </c>
+      <c r="D107" s="11"/>
       <c r="E107" s="12" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="F107" s="11"/>
+      <c r="G107" s="11"/>
       <c r="H107" s="11"/>
-      <c r="I107" s="62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I107" s="11"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="9" t="s">
-        <v>395</v>
+      <c r="A108" s="11" t="s">
+        <v>403</v>
       </c>
       <c r="B108" s="9" t="s">
-        <v>396</v>
-[...8 lines deleted...]
-        <v>397</v>
+        <v>404</v>
+      </c>
+      <c r="C108" s="10">
+        <v>734753940</v>
+      </c>
+      <c r="D108" s="11"/>
+      <c r="E108" s="12" t="s">
+        <v>405</v>
       </c>
       <c r="F108" s="11"/>
-      <c r="G108" s="11"/>
+      <c r="G108" s="10"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="9" t="s">
-[...3 lines deleted...]
-        <v>399</v>
+      <c r="A109" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>407</v>
       </c>
       <c r="C109" s="10">
-        <v>602541368</v>
+        <v>775317903</v>
       </c>
       <c r="D109" s="10"/>
       <c r="E109" s="12" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="I109" s="12"/>
+        <v>408</v>
+      </c>
+      <c r="F109" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="G109" s="10">
+        <v>733181200</v>
+      </c>
+      <c r="H109" s="11"/>
+      <c r="I109" s="65" t="s">
+        <v>410</v>
+      </c>
     </row>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="9" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="B110" s="9" t="s">
-        <v>402</v>
-[...17 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="C110" s="28">
+        <v>725744644</v>
+      </c>
+      <c r="D110" s="28">
+        <v>475201349</v>
+      </c>
+      <c r="E110" s="13" t="s">
+        <v>413</v>
+      </c>
+      <c r="F110" s="11"/>
+      <c r="G110" s="11"/>
+      <c r="H110" s="11"/>
+      <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="9" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="B111" s="9" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="C111" s="10">
-        <v>605880066</v>
+        <v>602541368</v>
       </c>
       <c r="D111" s="10"/>
       <c r="E111" s="12" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="F111" s="11"/>
-      <c r="G111" s="11"/>
-[...1 lines deleted...]
-      <c r="I111" s="11"/>
+      <c r="G111" s="10"/>
+      <c r="H111" s="10"/>
+      <c r="I111" s="12"/>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="9" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="C112" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D112" s="11"/>
+        <v>733527310</v>
+      </c>
+      <c r="D112" s="10"/>
       <c r="E112" s="12" t="s">
-        <v>410</v>
-[...4 lines deleted...]
-      <c r="I112" s="11"/>
+        <v>419</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>418</v>
+      </c>
+      <c r="G112" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H112" s="10"/>
+      <c r="I112" s="12" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="9" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="B113" s="9" t="s">
-        <v>412</v>
-[...26 lines deleted...]
-    </row>
+        <v>346</v>
+      </c>
+      <c r="C113" s="10">
+        <v>605880066</v>
+      </c>
+      <c r="D113" s="10"/>
+      <c r="E113" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="F113" s="11"/>
+      <c r="G113" s="11"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="11"/>
+    </row>
+    <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="9" t="s">
+        <v>423</v>
+      </c>
+      <c r="B114" s="9" t="s">
+        <v>424</v>
+      </c>
+      <c r="C114" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D114" s="11"/>
+      <c r="E114" s="12" t="s">
+        <v>425</v>
+      </c>
+      <c r="F114" s="11"/>
+      <c r="G114" s="10"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="11"/>
+    </row>
+    <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="9" t="s">
+        <v>426</v>
+      </c>
+      <c r="B115" s="9" t="s">
+        <v>427</v>
+      </c>
+      <c r="C115" s="17" t="s">
+        <v>428</v>
+      </c>
+      <c r="D115" s="17"/>
+      <c r="E115" s="13" t="s">
+        <v>429</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>430</v>
+      </c>
+      <c r="G115" s="17" t="s">
+        <v>431</v>
+      </c>
+      <c r="H115" s="17"/>
+      <c r="I115" s="12" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="14"/>
+      <c r="C118" s="60"/>
+      <c r="D118" s="60"/>
+      <c r="E118" s="61"/>
+    </row>
     <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E20" r:id="rId1" xr:uid="{3BDCF4D7-77FF-44F3-991E-50F37707C04F}"/>
-[...119 lines deleted...]
-    <hyperlink ref="I97" r:id="rId121" xr:uid="{68E90711-4CDE-4A71-92B1-FF3681F53849}"/>
+    <hyperlink ref="E20" r:id="rId1" xr:uid="{4771EC54-7210-42DE-9EC2-20DB7FB5DC02}"/>
+    <hyperlink ref="E14" r:id="rId2" xr:uid="{07BCE7D7-6DF0-4302-95D8-E3205B57F125}"/>
+    <hyperlink ref="E80" r:id="rId3" xr:uid="{C4AFC983-1597-43CA-B231-C0142CF3A32F}"/>
+    <hyperlink ref="E108" r:id="rId4" xr:uid="{73B87823-0B9C-44B7-B6F5-ACF869D5E381}"/>
+    <hyperlink ref="E62" r:id="rId5" xr:uid="{B91B25D1-4F4D-4081-9352-0062DBA0B806}"/>
+    <hyperlink ref="E19" r:id="rId6" xr:uid="{E342058F-251A-430F-8746-688C4EFD9D11}"/>
+    <hyperlink ref="E26" r:id="rId7" xr:uid="{8281168F-99CA-4A3E-83E2-8A510E3C0DEF}"/>
+    <hyperlink ref="E44" r:id="rId8" xr:uid="{727D99C4-0AEC-45AF-9A81-380EBDA979B4}"/>
+    <hyperlink ref="E57" r:id="rId9" xr:uid="{2306DF32-03C9-4335-8CEE-E5E518F1BA37}"/>
+    <hyperlink ref="E71" r:id="rId10" xr:uid="{D6D6080F-6615-4653-98C3-313252875182}"/>
+    <hyperlink ref="E70" r:id="rId11" xr:uid="{43BBCED6-28E1-417B-A1AA-DF9689DC9F17}"/>
+    <hyperlink ref="E86" r:id="rId12" xr:uid="{65ED8D75-FA91-4457-8A0A-20764D2FCE08}"/>
+    <hyperlink ref="E60" r:id="rId13" xr:uid="{ACFDFCB0-C1D5-4A56-A47E-97EB5CED9CE1}"/>
+    <hyperlink ref="E89" r:id="rId14" xr:uid="{CAEF31CF-AD01-4611-A3EA-C4A80F6663E2}"/>
+    <hyperlink ref="E79" r:id="rId15" xr:uid="{9575E2BC-BFEB-4F4D-9E95-649A4FA68A1C}"/>
+    <hyperlink ref="E31" r:id="rId16" xr:uid="{CB9A62D3-1EEE-448E-9824-2FEDF0B25571}"/>
+    <hyperlink ref="E56" r:id="rId17" xr:uid="{6D31CDBE-0544-4D7F-8A28-C2F75CFB3D89}"/>
+    <hyperlink ref="E115" r:id="rId18" xr:uid="{0C84BCD9-5766-4C77-98E6-7B6438C48246}"/>
+    <hyperlink ref="E36" r:id="rId19" xr:uid="{3ABF977E-5569-4B98-A8FF-BA453236C4CF}"/>
+    <hyperlink ref="E37" r:id="rId20" xr:uid="{38A4121D-3CB1-4114-9211-F90074CC3266}"/>
+    <hyperlink ref="E100" r:id="rId21" xr:uid="{EF62A040-D0E2-4E1D-BA06-AEB9284D511E}"/>
+    <hyperlink ref="E65" r:id="rId22" xr:uid="{7C6A331A-07B5-4C1D-83CD-1902E618F7D1}"/>
+    <hyperlink ref="E9" r:id="rId23" xr:uid="{5500D7E8-DEFD-4941-BA8F-C0E47C2429B7}"/>
+    <hyperlink ref="E13" r:id="rId24" xr:uid="{52693C2C-D494-48E7-8ED0-7F4A928FFD02}"/>
+    <hyperlink ref="E72" r:id="rId25" xr:uid="{5688D627-57F4-4BC9-ADED-4F32E4E45F77}"/>
+    <hyperlink ref="I72" r:id="rId26" xr:uid="{BBBCFC2D-9501-4B40-A562-748E2AB2621A}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{8D4CC023-8818-4066-8F56-0F2E60CDE08D}"/>
+    <hyperlink ref="E28" r:id="rId28" xr:uid="{57EBCD98-EA01-4EB8-89DA-37CB1DD6F184}"/>
+    <hyperlink ref="E111" r:id="rId29" xr:uid="{63FF89EB-510B-4331-83D9-C3D2CA9B594B}"/>
+    <hyperlink ref="E77" r:id="rId30" xr:uid="{78D6F873-4254-4357-90D1-44A9C5832796}"/>
+    <hyperlink ref="E11" r:id="rId31" xr:uid="{8F4C16CC-A951-451D-B197-82BB825CF515}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{3C278F0A-9513-460A-8F73-F31D1AD73DB5}"/>
+    <hyperlink ref="E29" r:id="rId33" xr:uid="{EA376AE4-3078-44CC-8410-19851FD77F7E}"/>
+    <hyperlink ref="E10" r:id="rId34" xr:uid="{351160DC-1442-4DEA-92E3-871C20FE63BB}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{ABDBE7A4-92A0-4DD3-9063-04D08103F6A5}"/>
+    <hyperlink ref="E15" r:id="rId36" xr:uid="{EAD6E050-9382-4123-8E3A-2AE0E2E0D9DC}"/>
+    <hyperlink ref="I79" r:id="rId37" xr:uid="{6FC159BE-D9AF-424D-AD6B-3EBCE743DAF3}"/>
+    <hyperlink ref="E82" r:id="rId38" xr:uid="{C9417A73-BBAE-4E28-85B1-613410534430}"/>
+    <hyperlink ref="E69" r:id="rId39" xr:uid="{5DE6C715-E8AD-42D9-8CE5-7A6CCA86B5E4}"/>
+    <hyperlink ref="I69" r:id="rId40" xr:uid="{E20CDBDC-82A3-4DD7-8B06-FD65A791258A}"/>
+    <hyperlink ref="E102" r:id="rId41" xr:uid="{DAF5A6A8-7FFA-4007-AF27-DBC1998A0960}"/>
+    <hyperlink ref="E17" r:id="rId42" xr:uid="{9E6050C9-75EB-47B4-9098-26CD2559C9D2}"/>
+    <hyperlink ref="E18" r:id="rId43" xr:uid="{E27587EA-C462-4A92-891D-DDC233580798}"/>
+    <hyperlink ref="E24" r:id="rId44" xr:uid="{2B59E199-7255-4D74-96F6-2EFB68D84ACE}"/>
+    <hyperlink ref="E68" r:id="rId45" xr:uid="{F1BB067B-7E3E-4BC9-8245-A918B447636B}"/>
+    <hyperlink ref="E39" r:id="rId46" xr:uid="{659318E3-1D9C-4D6C-9405-24577B5276B8}"/>
+    <hyperlink ref="I39" r:id="rId47" xr:uid="{DA5696D5-39C3-4579-800A-820A1B32867C}"/>
+    <hyperlink ref="E27" r:id="rId48" xr:uid="{1F5B0F1D-2AE8-4A6A-B5E2-94800A6602E1}"/>
+    <hyperlink ref="I27" r:id="rId49" xr:uid="{E6E4FF2C-F01E-4393-BF93-3BEEDBD7459A}"/>
+    <hyperlink ref="E109" r:id="rId50" xr:uid="{347E480E-96F4-46F8-841C-CEA08D54DA39}"/>
+    <hyperlink ref="E107" r:id="rId51" xr:uid="{42717B6D-E029-4F4A-B8A0-C291D3B72BD6}"/>
+    <hyperlink ref="E113" r:id="rId52" xr:uid="{E0325B9F-999C-41D8-8E7D-ECE2E26383B1}"/>
+    <hyperlink ref="E49" r:id="rId53" xr:uid="{76059C5B-666D-4430-83D3-86F5D5373A64}"/>
+    <hyperlink ref="E85" r:id="rId54" xr:uid="{A6C3410A-FFAA-4780-B264-5FBAD5110F90}"/>
+    <hyperlink ref="E84" r:id="rId55" xr:uid="{628A94F0-5A1A-4A0A-939E-8A5CC27F0A17}"/>
+    <hyperlink ref="E98" r:id="rId56" xr:uid="{78E67384-37E4-4E0C-B880-60C0EFBFAC5A}"/>
+    <hyperlink ref="E58" r:id="rId57" xr:uid="{2E12B574-F90E-4848-8102-73F59C4A3EAC}"/>
+    <hyperlink ref="I70" r:id="rId58" xr:uid="{7B8747CD-2E4F-41E8-B13B-427F02268440}"/>
+    <hyperlink ref="E42" r:id="rId59" xr:uid="{0C89E971-95AA-4C65-9613-05CA87EBD43C}"/>
+    <hyperlink ref="E25" r:id="rId60" xr:uid="{608D5A83-6A26-43DF-8101-5266EDA9CE07}"/>
+    <hyperlink ref="E30" r:id="rId61" xr:uid="{162E75E3-5DC6-41D7-BF6F-AF9EF26A2CC2}"/>
+    <hyperlink ref="E103" r:id="rId62" xr:uid="{BECED064-3D3B-4814-A5F8-A540E7A1C4CC}"/>
+    <hyperlink ref="E50" r:id="rId63" xr:uid="{CB2E0486-E715-4DF3-8BF8-1C99DEBA646F}"/>
+    <hyperlink ref="E112" r:id="rId64" xr:uid="{5BB086F7-1E92-47E4-BD26-FF87C15A78B5}"/>
+    <hyperlink ref="I112" r:id="rId65" xr:uid="{54825F91-D2F6-4094-8AA1-9E6DED9AE421}"/>
+    <hyperlink ref="E101" r:id="rId66" xr:uid="{A9033301-6AC6-4153-A287-D0B8685B89E3}"/>
+    <hyperlink ref="I32" r:id="rId67" xr:uid="{794349B5-1977-404D-94A9-3A79BF392D1B}"/>
+    <hyperlink ref="E32" r:id="rId68" xr:uid="{2E5EFE9B-7E8C-4808-A59A-82E40EE0033F}"/>
+    <hyperlink ref="I20" r:id="rId69" xr:uid="{E4D59390-4835-49E6-ACDE-E5637271C1CE}"/>
+    <hyperlink ref="I100" r:id="rId70" xr:uid="{0F02B5F7-DE13-4472-AA14-30597B4CEE9A}"/>
+    <hyperlink ref="E21" r:id="rId71" xr:uid="{3F6231AE-AF86-41C7-831B-04DFF782DF69}"/>
+    <hyperlink ref="I21" r:id="rId72" xr:uid="{99FDD94D-40D7-49B3-9A5B-4C83C3F0F4F5}"/>
+    <hyperlink ref="I51" r:id="rId73" xr:uid="{3F5CDB5A-318E-4938-9FC6-A1917E008A6D}"/>
+    <hyperlink ref="I9" r:id="rId74" xr:uid="{FABB070D-96AB-485C-8906-AA478A55ADDA}"/>
+    <hyperlink ref="I18" r:id="rId75" xr:uid="{AC08B973-88FB-4C1E-AB63-B482C6A54568}"/>
+    <hyperlink ref="I28" r:id="rId76" xr:uid="{6EDCD83F-9340-45CF-84F8-3CCD5097B8FC}"/>
+    <hyperlink ref="E59" r:id="rId77" xr:uid="{DCA5F380-ED36-444E-8EAA-FAD84279BDF3}"/>
+    <hyperlink ref="E78" r:id="rId78" xr:uid="{76BA8D8B-72AC-4503-A0E3-E229F846B792}"/>
+    <hyperlink ref="E63" r:id="rId79" xr:uid="{F6B7D882-FE2B-4F6C-BDF6-F863236FAB66}"/>
+    <hyperlink ref="I63" r:id="rId80" xr:uid="{71081E1C-97F8-4E64-8FC6-23AB06642A83}"/>
+    <hyperlink ref="I115" r:id="rId81" xr:uid="{194817D1-796F-42AE-A443-071830E4DDFB}"/>
+    <hyperlink ref="E88" r:id="rId82" xr:uid="{2ADC8C95-FA3E-495C-8B5A-1AEBF6CF515F}"/>
+    <hyperlink ref="E45" r:id="rId83" xr:uid="{1D16036B-968C-4760-8449-F32DF7393B1C}"/>
+    <hyperlink ref="I82" r:id="rId84" xr:uid="{FBEF752F-4D68-4C0B-979D-24FDB60F3F48}"/>
+    <hyperlink ref="I94" r:id="rId85" xr:uid="{E6DE4E4C-22CC-442E-9009-2CEDBE46E4CA}"/>
+    <hyperlink ref="I22" r:id="rId86" xr:uid="{ED2709E6-CE0A-44B4-8E23-F29FC5DBF4DD}"/>
+    <hyperlink ref="I13" r:id="rId87" xr:uid="{5A77611F-4287-4857-973B-8FAAC9FD822F}"/>
+    <hyperlink ref="I92" r:id="rId88" xr:uid="{33AB8FDE-BD19-4816-AFFD-00AA728BF37A}"/>
+    <hyperlink ref="E92" r:id="rId89" xr:uid="{88BA671C-E56E-4FF9-9E25-D54C626D4C80}"/>
+    <hyperlink ref="E66" r:id="rId90" xr:uid="{F1584400-4A26-41E1-82DE-0BF441FFB402}"/>
+    <hyperlink ref="E55" r:id="rId91" xr:uid="{A4EFDEEA-62F6-4379-9763-B5D32D03E30E}"/>
+    <hyperlink ref="E54" r:id="rId92" xr:uid="{6F54FAAC-CABF-4D2C-80EF-B5701F656C70}"/>
+    <hyperlink ref="I15" r:id="rId93" xr:uid="{FA4E41F3-2023-48FD-9707-4A5987F0BA80}"/>
+    <hyperlink ref="E16" r:id="rId94" xr:uid="{F456FB0C-BA7D-4B8A-B400-1CA9860281CF}"/>
+    <hyperlink ref="E83" r:id="rId95" xr:uid="{E3234CA5-BBE9-42E5-A20E-1D0C9DB2FCE8}"/>
+    <hyperlink ref="E73" r:id="rId96" xr:uid="{F48F51C4-028F-4CF3-B1F7-B6F98B512DFE}"/>
+    <hyperlink ref="E114" r:id="rId97" xr:uid="{2D647CDC-EF29-4FB5-A9C4-ECBFEED89B5C}"/>
+    <hyperlink ref="E64" r:id="rId98" xr:uid="{8FF639B5-0858-4A92-82E9-19F3F6274D62}"/>
+    <hyperlink ref="E106" r:id="rId99" xr:uid="{0E549A01-C905-44AB-A437-75C88FBBB864}"/>
+    <hyperlink ref="E41" r:id="rId100" xr:uid="{401525B4-EE3E-427F-A9F1-D6892B631259}"/>
+    <hyperlink ref="E8" r:id="rId101" xr:uid="{7345FEDD-E327-4656-A5D3-8108218C2DD3}"/>
+    <hyperlink ref="E38" r:id="rId102" xr:uid="{452241DF-B08F-4C83-840C-108B1638D6AA}"/>
+    <hyperlink ref="I24" r:id="rId103" xr:uid="{547624F2-AEF4-487F-A082-1F313F263FCD}"/>
+    <hyperlink ref="I16" r:id="rId104" xr:uid="{43EF4D49-2D72-403E-838D-D6D02B7FDEBB}"/>
+    <hyperlink ref="I109" r:id="rId105" display="mailto:matejovsky@retrolok.cz" xr:uid="{53CB8341-971A-46B2-B522-5C49DF4EBB85}"/>
+    <hyperlink ref="I101" r:id="rId106" xr:uid="{748CDE7B-7320-48C9-A90D-4A71C26AD5FD}"/>
+    <hyperlink ref="E110" r:id="rId107" xr:uid="{8595A6C7-E71F-4446-AE42-0C92BC9EE15F}"/>
+    <hyperlink ref="E61" r:id="rId108" xr:uid="{9B9451C0-3BEC-4B2B-80AD-77300EF46FF0}"/>
+    <hyperlink ref="I80" r:id="rId109" xr:uid="{EDA2CC7A-0F25-424D-9961-A9F7B01BCF2D}"/>
+    <hyperlink ref="E34" r:id="rId110" xr:uid="{49DFEA1B-30A1-4DF5-B999-0E18AB821BF5}"/>
+    <hyperlink ref="I26" r:id="rId111" xr:uid="{FD8B80D3-EB6E-46E1-86D8-96AEEC3DC3F9}"/>
+    <hyperlink ref="I98" r:id="rId112" xr:uid="{DB92B460-CE6D-4538-BB0C-4266685B2717}"/>
+    <hyperlink ref="E67" r:id="rId113" xr:uid="{B95CF760-7C69-48A0-A09E-FF2B0B3155E2}"/>
+    <hyperlink ref="E35" r:id="rId114" xr:uid="{68398C66-4579-4C1B-BB26-4A393C0DBF87}"/>
+    <hyperlink ref="E40" r:id="rId115" xr:uid="{EA401011-EBEE-4F1B-BA12-A5ABC13E8D9D}"/>
+    <hyperlink ref="E33" r:id="rId116" xr:uid="{403DDA83-2343-44D5-B497-A71B683016F2}"/>
+    <hyperlink ref="E96" r:id="rId117" xr:uid="{0B5948EB-17CB-4F81-BC51-37B71F31608A}"/>
+    <hyperlink ref="I96" r:id="rId118" xr:uid="{88AB28E9-C556-4D81-B57F-6F27813D7F3B}"/>
+    <hyperlink ref="E99" r:id="rId119" xr:uid="{94E5225B-3D11-414A-AE45-DDE6812165CE}"/>
+    <hyperlink ref="I99" r:id="rId120" xr:uid="{122DA2D7-17C1-4D63-A6CE-06326934A44B}"/>
+    <hyperlink ref="E93" r:id="rId121" xr:uid="{5F44C29D-F857-47AA-883B-83C6C998DACE}"/>
+    <hyperlink ref="E23" r:id="rId122" xr:uid="{1722E0D6-7DA5-40E0-9054-0FBAA45CEFC3}"/>
+    <hyperlink ref="E74" r:id="rId123" xr:uid="{44F65368-AB0A-4699-AD53-31CCE74F2FEA}"/>
+    <hyperlink ref="I74" r:id="rId124" xr:uid="{DAF9432C-429A-4D7C-B8A2-5BED724D2F81}"/>
+    <hyperlink ref="E95" r:id="rId125" xr:uid="{608FBE93-CEFD-458A-8B15-E34C7A4FDDE8}"/>
+    <hyperlink ref="I95" r:id="rId126" xr:uid="{FE040D76-7AE6-4EF9-B194-C7DC4B7CF1A0}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId122"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId127"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Verdana"&amp;7&amp;K000000 SŽ: Interní&amp;1#_x000D_</oddHeader>
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId123"/>
+  <legacyDrawing r:id="rId128"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65334bdb-ef60-40ad-ad10-aebc1eeffaa2}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>