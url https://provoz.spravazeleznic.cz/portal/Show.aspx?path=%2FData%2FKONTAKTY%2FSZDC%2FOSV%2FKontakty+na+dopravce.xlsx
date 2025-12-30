--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{860C1B0E-0B38-474E-87DD-AE75553EEC64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{035E9D56-0A9F-474E-BB3F-0D31988B7003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F1567A4C-3AC6-4978-AF06-43ED55419A9A}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BC8EB41C-F832-438D-A9F0-FE41F435ACD7}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C59" authorId="0" shapeId="0" xr:uid="{66C5DE13-D4ED-4BDE-8FF3-588613CB8625}">
+    <comment ref="C60" authorId="0" shapeId="0" xr:uid="{FE4935C7-DAA5-4CD7-91E3-9C80134568F8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D59" authorId="0" shapeId="0" xr:uid="{CBE08DE5-21D8-4A8D-876F-A2A04D2D0149}">
+    <comment ref="D60" authorId="0" shapeId="0" xr:uid="{797AB83E-5782-4BED-8B8B-A03740A65C40}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B68" authorId="1" shapeId="0" xr:uid="{6CE3A651-2BDC-46B8-8945-E008BDC77440}">
+    <comment ref="B69" authorId="1" shapeId="0" xr:uid="{55ED45EB-763A-45D7-B6FD-08B1368A476C}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D68" authorId="1" shapeId="0" xr:uid="{A968E40D-E815-4565-A409-AE590F30A05A}">
+    <comment ref="D69" authorId="1" shapeId="0" xr:uid="{DF9B8B40-ECC0-4C11-916A-663DDF610BBF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F68" authorId="1" shapeId="0" xr:uid="{53EE3F8E-11D0-46BA-A26C-A892ACEDD994}">
+    <comment ref="F69" authorId="1" shapeId="0" xr:uid="{38BC21DD-CF75-4F83-B360-C42D03F4FA5B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="447" uniqueCount="418">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="431">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -444,50 +444,59 @@
   <si>
     <t>dispo@etts.cz</t>
   </si>
   <si>
     <t>Karek Perner</t>
   </si>
   <si>
     <t>perner@etts.cz</t>
   </si>
   <si>
     <t>EUROVIA CZ a.s.</t>
   </si>
   <si>
     <t>Jan Modráček</t>
   </si>
   <si>
     <t>jan.modracek@vinci-construction.com</t>
   </si>
   <si>
     <t>Vít Motyčka</t>
   </si>
   <si>
     <t>vit.motycka@vinci-construction.com</t>
   </si>
   <si>
+    <t>FIRESTA-Fišer, rekonstrukce, stavby a.s.</t>
+  </si>
+  <si>
+    <t>Ing. Tomáš Živný</t>
+  </si>
+  <si>
+    <t>zivny@firesta.cz</t>
+  </si>
+  <si>
     <t>Gepard Express, SE</t>
   </si>
   <si>
     <t>Dispečink GE</t>
   </si>
   <si>
     <t>vlaky@gepard.com</t>
   </si>
   <si>
     <t>Tereza Hlíněná</t>
   </si>
   <si>
     <t>hlinena@gepard.com</t>
   </si>
   <si>
     <t>Gerhát Train s.r.o.</t>
   </si>
   <si>
     <t>Tomáš Gerhát</t>
   </si>
   <si>
     <t>gerhattrain@seznam.cz</t>
   </si>
   <si>
     <t>GJW Praha spol. s r.o.</t>
@@ -849,54 +858,54 @@
   <si>
     <t>OLOMOUCKÁ DOPRAVNÍ s.r.o.</t>
   </si>
   <si>
     <t>dispo@olomouckadopravni.cz</t>
   </si>
   <si>
     <t>ORLEN Unipetrol Doprava, s.r.o.</t>
   </si>
   <si>
     <t>Traťový dispečer</t>
   </si>
   <si>
     <t>tratovydispecer.litvinov@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Radek Čečetka</t>
   </si>
   <si>
     <t>Radek.Cecetka@orlenunipetrol.cz</t>
   </si>
   <si>
     <t>Osoblažská úzkorozchodná dráha, o.p.s.</t>
   </si>
   <si>
-    <t>Marek Neděla</t>
-[...2 lines deleted...]
-    <t>provoz@osoblazsko.com</t>
+    <t>Dispečer OÚD</t>
+  </si>
+  <si>
+    <t>dispecer@osoblazsko.com</t>
   </si>
   <si>
     <t>Ostravská dopravní společnost - Cargo, a.s.</t>
   </si>
   <si>
     <t>dispečer ODOS</t>
   </si>
   <si>
     <t>dispecer@odos-cargo.cz</t>
   </si>
   <si>
     <t>dispečeři : Eva Glaicová, Lucie Heczková, Miroslav Přibil, Monika Varkočková</t>
   </si>
   <si>
     <t>PARI CZ Servis, s.r.o.</t>
   </si>
   <si>
     <t>Dispečer PARI CZ</t>
   </si>
   <si>
     <t>dispecer@paricz.cz</t>
   </si>
   <si>
     <t>PEDASTA dopravní společnost, s.r.o.</t>
   </si>
@@ -923,51 +932,51 @@
   </si>
   <si>
     <r>
       <t>Dispečer Ova</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (ved. směny)</t>
     </r>
   </si>
   <si>
     <t>dispecer@pkpcargointernational.com</t>
   </si>
   <si>
     <t>Dispečer Ústí (Čechy)</t>
   </si>
   <si>
     <t>dispecer.usti@pkpcargointernational.com</t>
   </si>
   <si>
-    <t>PKP CARGO SPÓŁKA AKCYJNA</t>
+    <t>PKP CARGO SPÓŁKA AKCYJNA W RESTRUKTURYZACJI</t>
   </si>
   <si>
     <t>Dispecing</t>
   </si>
   <si>
     <t>+48 663 290 458</t>
   </si>
   <si>
     <t>cetd.miedzynarodowy2@pkpcargo.com</t>
   </si>
   <si>
     <t>+48 663 296 451</t>
   </si>
   <si>
     <t>copd.miedzynarodowy3@pkpcargo.com</t>
   </si>
   <si>
     <t>Prvá Slovenská železničná, akciová spoločnosť</t>
   </si>
   <si>
     <t>Dispečer v službe</t>
   </si>
   <si>
     <t>+421 907 701 992</t>
   </si>
@@ -984,50 +993,74 @@
     <t>737 236 986</t>
   </si>
   <si>
     <t>obchod@zxbenet.cz</t>
   </si>
   <si>
     <t>Lenka Zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>774 441 975</t>
   </si>
   <si>
     <t>zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>P.T.D. CZECH, s.r.o.</t>
   </si>
   <si>
     <t>Norbert Mokrý</t>
   </si>
   <si>
     <t>+421 915 695 335</t>
   </si>
   <si>
     <t>mokry.norbert@falcon-rail.eu</t>
+  </si>
+  <si>
+    <t>Puš s.r.o.</t>
+  </si>
+  <si>
+    <t>Ing. Milan Puš</t>
+  </si>
+  <si>
+    <t>603 454 355</t>
+  </si>
+  <si>
+    <t>499 622 613</t>
+  </si>
+  <si>
+    <t>milanpus@mkinet.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kolářová</t>
+  </si>
+  <si>
+    <t>604 780 781</t>
+  </si>
+  <si>
+    <t>provoz.pus@mkinet.cz</t>
   </si>
   <si>
     <t>Qalqam s.r.o.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dispečer </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Qalqam s.r.o.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">       </t>
@@ -1222,50 +1255,59 @@
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
   </si>
   <si>
     <t>Ing. Jan Popelka</t>
   </si>
   <si>
     <t>(v případě MU)</t>
   </si>
   <si>
     <t>jan.popelka2@skanska.cz</t>
   </si>
   <si>
     <t>Slezské zemské dráhy, o.p.s.</t>
   </si>
   <si>
+    <t>Dispečer</t>
+  </si>
+  <si>
+    <t>Marek Neděla</t>
+  </si>
+  <si>
+    <t>provoz@osoblazsko.com</t>
+  </si>
+  <si>
     <t>SLEZSKOMORAVSKÁ DRÁHA a.s.</t>
   </si>
   <si>
     <t>Ing. Martin Uherek</t>
   </si>
   <si>
     <t>uherekmartin@slezskomoravskadraha.cz</t>
   </si>
   <si>
     <t>Petr Majola</t>
   </si>
   <si>
     <t>smdmp@cmail.cz</t>
   </si>
   <si>
     <t>SOFISTIK SERVIS s.r.o.</t>
   </si>
   <si>
     <t>Libor Juřina</t>
   </si>
   <si>
     <t>jurina@sofistikservis.cz</t>
   </si>
   <si>
     <t>Správa Ústecké dráhy s.r.o.</t>
@@ -1433,53 +1475,50 @@
     <t>jiri.waicenbauer@viamont.cz</t>
   </si>
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
   <si>
     <t>j.bouska@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>kadr.dispo@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>Wiener Lokalbahnen Cargo GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dispečer</t>
   </si>
   <si>
     <t>dispo@wlc-czechia.cz</t>
   </si>
   <si>
     <t>Zubačka provoz s.r.o.</t>
   </si>
   <si>
     <t>Ing. Petr Prokeš</t>
   </si>
   <si>
     <t>prokes@zubacka.cz</t>
   </si>
   <si>
     <t>Zug agency s.r.o.</t>
   </si>
   <si>
     <t>Miroslav Bezouška</t>
   </si>
   <si>
     <t>776 103 540</t>
   </si>
   <si>
     <t>dispo@zugagency.cz</t>
   </si>
@@ -1712,144 +1751,150 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -2140,60 +2185,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@osoblazsko.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FE11343-AB54-4C0A-A8C5-BAE4E915533A}">
-  <dimension ref="A1:L120"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2C91A32-02DB-4431-8E61-2B1BE63E560D}">
+  <dimension ref="A1:L122"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.7109375" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
     <col min="257" max="257" width="64.7109375" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
@@ -3348,2117 +3392,2173 @@
       <c r="B22" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="10">
         <v>731122694</v>
       </c>
       <c r="D22" s="10"/>
       <c r="E22" s="13" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="10">
         <v>732694557</v>
       </c>
       <c r="H22" s="11"/>
       <c r="I22" s="12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="22" t="s">
+      <c r="B23" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="C23" s="23">
+      <c r="C23" s="10">
+        <v>602741181</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="23"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="25"/>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" s="24">
         <v>702092324</v>
       </c>
-      <c r="D23" s="24"/>
-[...6 lines deleted...]
-      <c r="G23" s="23">
+      <c r="D24" s="25"/>
+      <c r="E24" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="24">
         <v>735874449</v>
       </c>
-      <c r="H23" s="24"/>
-[...11 lines deleted...]
-      <c r="C24" s="23">
+      <c r="H24" s="25"/>
+      <c r="I24" s="12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="24">
         <v>604537231</v>
       </c>
-      <c r="D24" s="24"/>
-[...15 lines deleted...]
-      <c r="C25" s="23">
+      <c r="D25" s="25"/>
+      <c r="E25" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="11"/>
+    </row>
+    <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" s="24">
         <v>735150999</v>
       </c>
-      <c r="D25" s="24"/>
-[...6 lines deleted...]
-      <c r="G25" s="23">
+      <c r="D26" s="25"/>
+      <c r="E26" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="G26" s="24">
         <v>735150999</v>
       </c>
-      <c r="H25" s="24"/>
-[...8 lines deleted...]
-      <c r="B26" s="9" t="s">
+      <c r="H26" s="25"/>
+      <c r="I26" s="12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C26" s="10">
+      <c r="C27" s="10">
         <v>734640824</v>
       </c>
-      <c r="D26" s="11"/>
-[...6 lines deleted...]
-      <c r="G26" s="10">
+      <c r="D27" s="11"/>
+      <c r="E27" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" s="10">
         <v>793941741</v>
       </c>
-      <c r="H26" s="11"/>
-[...28 lines deleted...]
-      </c>
+      <c r="H27" s="11"/>
       <c r="I27" s="12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="11" t="s">
+      <c r="C28" s="10">
+        <v>733785017</v>
+      </c>
+      <c r="D28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="E28" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="C28" s="10">
-[...3 lines deleted...]
-      <c r="E28" s="12" t="s">
+      <c r="F28" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="11"/>
-[...2 lines deleted...]
-      <c r="I28" s="12"/>
+      <c r="G28" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H28" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I28" s="12" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="9" t="s">
+      <c r="B29" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="10">
-        <v>702169442</v>
+        <v>602413669</v>
       </c>
       <c r="D29" s="10"/>
       <c r="E29" s="12" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="11"/>
       <c r="G29" s="10"/>
       <c r="H29" s="11"/>
       <c r="I29" s="12"/>
     </row>
     <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="11" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="10">
-        <v>601372636</v>
+        <v>702169442</v>
       </c>
       <c r="D30" s="10"/>
       <c r="E30" s="12" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="11"/>
-      <c r="G30" s="11"/>
+      <c r="G30" s="10"/>
       <c r="H30" s="11"/>
-      <c r="I30" s="11"/>
+      <c r="I30" s="12"/>
     </row>
     <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="B31" s="11" t="s">
+      <c r="B31" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C31" s="10">
-        <v>737634614</v>
+        <v>601372636</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="12" t="s">
         <v>117</v>
       </c>
-      <c r="F31" s="11" t="s">
+      <c r="F31" s="11"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="11"/>
+    </row>
+    <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="G31" s="10">
+      <c r="B32" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" s="10">
+        <v>737634614</v>
+      </c>
+      <c r="D32" s="10"/>
+      <c r="E32" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" s="10">
         <v>605001534</v>
       </c>
-      <c r="H31" s="10"/>
-[...15 lines deleted...]
-      <c r="E32" s="12" t="s">
+      <c r="H32" s="10"/>
+      <c r="I32" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="F32" s="11"/>
-[...2 lines deleted...]
-      <c r="I32" s="11"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="9" t="s">
         <v>123</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>124</v>
       </c>
-      <c r="C33" s="26">
-[...2 lines deleted...]
-      <c r="D33" s="10"/>
+      <c r="C33" s="10">
+        <v>720862719</v>
+      </c>
+      <c r="D33" s="11"/>
       <c r="E33" s="12" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="10"/>
+      <c r="G33" s="11"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="27"/>
+      <c r="I33" s="11"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="11" t="s">
+      <c r="A34" s="9" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="C34" s="10">
-[...2 lines deleted...]
-      <c r="D34" s="11"/>
+      <c r="C34" s="26">
+        <v>774922259</v>
+      </c>
+      <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
         <v>128</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="11"/>
+      <c r="G34" s="10"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="11"/>
+      <c r="I34" s="27"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="B35" s="11" t="s">
-        <v>50</v>
+      <c r="B35" s="9" t="s">
+        <v>130</v>
       </c>
       <c r="C35" s="10">
-        <v>725933605</v>
+        <v>724028968</v>
       </c>
       <c r="D35" s="11"/>
       <c r="E35" s="12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="11" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B36" s="9" t="s">
         <v>132</v>
       </c>
+      <c r="B36" s="11" t="s">
+        <v>50</v>
+      </c>
       <c r="C36" s="10">
-        <v>474470450</v>
-[...1 lines deleted...]
-      <c r="D36" s="10">
         <v>725933605</v>
       </c>
+      <c r="D36" s="11"/>
       <c r="E36" s="12" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="9" t="s">
+      <c r="A37" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D37" s="10">
+        <v>725933605</v>
+      </c>
+      <c r="E37" s="12" t="s">
         <v>133</v>
-      </c>
-[...8 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="28" t="s">
+      <c r="A38" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>137</v>
       </c>
-      <c r="C38" s="17" t="s">
+      <c r="C38" s="21">
+        <v>777491367</v>
+      </c>
+      <c r="D38" s="21"/>
+      <c r="E38" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="D38" s="11"/>
-      <c r="E38" s="12" t="s">
+      <c r="F38" s="11"/>
+      <c r="G38" s="11"/>
+      <c r="H38" s="11"/>
+      <c r="I38" s="11"/>
+    </row>
+    <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="28" t="s">
         <v>139</v>
       </c>
-      <c r="F38" s="9" t="s">
+      <c r="B39" s="9" t="s">
         <v>140</v>
       </c>
-      <c r="G38" s="17" t="s">
+      <c r="C39" s="17" t="s">
         <v>141</v>
       </c>
-      <c r="H38" s="17"/>
-[...5 lines deleted...]
-      <c r="A39" s="29" t="s">
+      <c r="D39" s="11"/>
+      <c r="E39" s="12" t="s">
         <v>142</v>
       </c>
-      <c r="B39" s="9" t="s">
+      <c r="F39" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="C39" s="17" t="s">
+      <c r="G39" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="D39" s="11"/>
-      <c r="E39" s="30" t="s">
+      <c r="H39" s="17"/>
+      <c r="I39" s="12" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="29" t="s">
         <v>145</v>
       </c>
-      <c r="F39" s="9"/>
-[...5 lines deleted...]
-      <c r="A40" s="31" t="s">
+      <c r="B40" s="9" t="s">
         <v>146</v>
       </c>
-      <c r="B40" s="9" t="s">
+      <c r="C40" s="17" t="s">
         <v>147</v>
       </c>
-      <c r="C40" s="17" t="s">
+      <c r="D40" s="11"/>
+      <c r="E40" s="30" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F40" s="9"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>151</v>
       </c>
-      <c r="B41" s="9" t="s">
+      <c r="D41" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="C41" s="10">
-[...2 lines deleted...]
-      <c r="D41" s="11"/>
       <c r="E41" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="11" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="12"/>
     </row>
     <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C42" s="10">
+        <v>727844219</v>
+      </c>
+      <c r="D42" s="11"/>
+      <c r="E42" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="11" t="s">
         <v>157</v>
       </c>
-      <c r="B42" s="11" t="s">
+      <c r="G42" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H42" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="C42" s="10">
-[...3 lines deleted...]
-      <c r="E42" s="11" t="s">
+      <c r="I42" s="11" t="s">
         <v>159</v>
       </c>
-      <c r="F42" s="11"/>
-[...2 lines deleted...]
-      <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="9" t="s">
+      <c r="B43" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C43" s="10">
-        <v>603865027</v>
+        <v>603729639</v>
       </c>
       <c r="D43" s="11"/>
-      <c r="E43" s="12" t="s">
+      <c r="E43" s="11" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="11"/>
-      <c r="G43" s="10"/>
+      <c r="G43" s="11"/>
       <c r="H43" s="11"/>
-      <c r="I43" s="12"/>
+      <c r="I43" s="11"/>
     </row>
     <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="11" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="11" t="s">
+      <c r="B44" s="9" t="s">
         <v>164</v>
       </c>
       <c r="C44" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D44" s="10"/>
+        <v>603865027</v>
+      </c>
+      <c r="D44" s="11"/>
       <c r="E44" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="F44" s="9"/>
+      <c r="F44" s="11"/>
       <c r="G44" s="10"/>
-      <c r="H44" s="10"/>
+      <c r="H44" s="11"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>166</v>
       </c>
-      <c r="B45" s="12" t="s">
+      <c r="B45" s="11" t="s">
         <v>167</v>
       </c>
       <c r="C45" s="10">
-        <v>777490011</v>
+        <v>735177500</v>
       </c>
       <c r="D45" s="10"/>
-      <c r="E45" s="11" t="s">
+      <c r="E45" s="12" t="s">
         <v>168</v>
       </c>
-      <c r="F45" s="11"/>
+      <c r="F45" s="9"/>
       <c r="G45" s="10"/>
       <c r="H45" s="10"/>
-      <c r="I45" s="11"/>
+      <c r="I45" s="12"/>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="9" t="s">
+      <c r="A46" s="11" t="s">
         <v>169</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C46" s="10">
         <v>777490011</v>
       </c>
       <c r="D46" s="10"/>
       <c r="E46" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F46" s="11"/>
       <c r="G46" s="10"/>
-      <c r="H46" s="11"/>
+      <c r="H46" s="10"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B47" s="12" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C47" s="10">
         <v>777490011</v>
       </c>
       <c r="D47" s="10"/>
       <c r="E47" s="11" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F47" s="11"/>
       <c r="G47" s="10"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C48" s="10">
+        <v>777490011</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="11" t="s">
         <v>171</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F48" s="11"/>
-      <c r="G48" s="11"/>
+      <c r="G48" s="10"/>
       <c r="H48" s="11"/>
       <c r="I48" s="11"/>
     </row>
     <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="11" t="s">
+      <c r="A49" s="9" t="s">
         <v>174</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C49" s="10">
-        <v>732956099</v>
+        <v>604750035</v>
       </c>
       <c r="D49" s="11"/>
       <c r="E49" s="12" t="s">
         <v>176</v>
       </c>
-      <c r="F49" s="9"/>
-      <c r="G49" s="10"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
       <c r="H49" s="11"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="9" t="s">
+      <c r="A50" s="11" t="s">
         <v>177</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>178</v>
       </c>
-      <c r="C50" s="32" t="s">
+      <c r="C50" s="10">
+        <v>732956099</v>
+      </c>
+      <c r="D50" s="11"/>
+      <c r="E50" s="12" t="s">
         <v>179</v>
       </c>
-      <c r="D50" s="11"/>
-      <c r="E50" s="11" t="s">
+      <c r="F50" s="9"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="11"/>
+      <c r="I50" s="11"/>
+    </row>
+    <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="F50" s="9" t="s">
+      <c r="B51" s="11" t="s">
         <v>181</v>
       </c>
-      <c r="G50" s="32" t="s">
+      <c r="C51" s="32" t="s">
         <v>182</v>
-      </c>
-[...13 lines deleted...]
-        <v>606091021</v>
       </c>
       <c r="D51" s="11"/>
       <c r="E51" s="11" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="G51" s="32" t="s">
         <v>185</v>
       </c>
-      <c r="F51" s="11"/>
-      <c r="G51" s="10"/>
       <c r="H51" s="11"/>
-      <c r="I51" s="11"/>
+      <c r="I51" s="12" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="11" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="C52" s="10">
-        <v>775360552</v>
+        <v>606091021</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>188</v>
       </c>
       <c r="F52" s="11"/>
       <c r="G52" s="10"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="11" t="s">
         <v>189</v>
       </c>
-      <c r="B53" s="9" t="s">
+      <c r="B53" s="11" t="s">
         <v>190</v>
       </c>
       <c r="C53" s="10">
+        <v>775360552</v>
+      </c>
+      <c r="D53" s="11"/>
+      <c r="E53" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="F53" s="11"/>
+      <c r="G53" s="10"/>
+      <c r="H53" s="11"/>
+      <c r="I53" s="11"/>
+    </row>
+    <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C54" s="10">
         <v>775567311</v>
       </c>
-      <c r="D53" s="17" t="s">
-[...14 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="D54" s="17" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>195</v>
       </c>
       <c r="F54" s="11"/>
       <c r="G54" s="32"/>
       <c r="H54" s="10"/>
       <c r="I54" s="12"/>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="B55" s="11" t="s">
+      <c r="B55" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="C55" s="10">
-[...2 lines deleted...]
-      <c r="D55" s="11"/>
+      <c r="C55" s="33">
+        <v>775567311</v>
+      </c>
+      <c r="D55" s="17" t="s">
+        <v>194</v>
+      </c>
       <c r="E55" s="12" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="11"/>
-[...1 lines deleted...]
-      <c r="I55" s="11"/>
+      <c r="G55" s="32"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="12"/>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
         <v>199</v>
       </c>
-      <c r="B56" s="9" t="s">
+      <c r="B56" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="C56" s="10">
+        <v>731415372</v>
+      </c>
+      <c r="D56" s="11"/>
+      <c r="E56" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="F56" s="11"/>
+      <c r="G56" s="11"/>
+      <c r="H56" s="11"/>
+      <c r="I56" s="11"/>
+    </row>
+    <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B57" s="9" t="s">
         <v>50</v>
-      </c>
-[...17 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C57" s="10">
         <v>731676301</v>
       </c>
       <c r="D57" s="10"/>
       <c r="E57" s="12" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="11"/>
-[...1 lines deleted...]
-      <c r="I57" s="11"/>
+      <c r="G57" s="10"/>
+      <c r="H57" s="10"/>
+      <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="11" t="s">
+      <c r="A58" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="C58" s="10">
+        <v>731676301</v>
+      </c>
+      <c r="D58" s="10"/>
+      <c r="E58" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="B58" s="9" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="10"/>
+      <c r="G58" s="11"/>
       <c r="H58" s="11"/>
       <c r="I58" s="11"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="11" t="s">
         <v>206</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>207</v>
       </c>
       <c r="C59" s="10">
-        <v>736609903</v>
-[...1 lines deleted...]
-      <c r="D59" s="10"/>
+        <v>606730273</v>
+      </c>
+      <c r="D59" s="11"/>
       <c r="E59" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="F59" s="9"/>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+      <c r="F59" s="11"/>
+      <c r="G59" s="10"/>
+      <c r="H59" s="11"/>
+      <c r="I59" s="11"/>
     </row>
     <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="9" t="s">
+      <c r="A60" s="11" t="s">
         <v>209</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="C60" s="17" t="s">
-        <v>211</v>
+      <c r="C60" s="10">
+        <v>736609903</v>
       </c>
       <c r="D60" s="10"/>
       <c r="E60" s="12" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F60" s="9"/>
       <c r="G60" s="34"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
     </row>
     <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="B61" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="B61" s="9" t="s">
-[...3 lines deleted...]
-        <v>733712954</v>
+      <c r="C61" s="17" t="s">
+        <v>214</v>
       </c>
       <c r="D61" s="10"/>
       <c r="E61" s="12" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="I61" s="11"/>
+        <v>215</v>
+      </c>
+      <c r="F61" s="9"/>
+      <c r="G61" s="34"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="11" t="s">
-        <v>215</v>
+      <c r="A62" s="9" t="s">
+        <v>216</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="C62" s="10">
-        <v>731451532</v>
-[...3 lines deleted...]
-      </c>
+        <v>733712954</v>
+      </c>
+      <c r="D62" s="10"/>
       <c r="E62" s="12" t="s">
         <v>217</v>
       </c>
-      <c r="F62" s="9" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
+      <c r="I62" s="11"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="C63" s="10">
+        <v>731451532</v>
+      </c>
+      <c r="D63" s="10">
+        <v>476164141</v>
+      </c>
+      <c r="E63" s="12" t="s">
         <v>220</v>
       </c>
-      <c r="B63" s="11" t="s">
+      <c r="F63" s="9" t="s">
         <v>221</v>
       </c>
-      <c r="C63" s="10">
-[...3 lines deleted...]
-      <c r="E63" s="12" t="s">
+      <c r="G63" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H63" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I63" s="12" t="s">
         <v>222</v>
       </c>
-      <c r="F63" s="9"/>
-[...2 lines deleted...]
-      <c r="I63" s="12"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
         <v>223</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>224</v>
       </c>
       <c r="C64" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D64" s="11"/>
+        <v>601502564</v>
+      </c>
+      <c r="D64" s="10"/>
       <c r="E64" s="12" t="s">
         <v>225</v>
       </c>
-      <c r="F64" s="9" t="s">
+      <c r="F64" s="9"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="10"/>
+      <c r="I64" s="12"/>
+    </row>
+    <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="9" t="s">
         <v>226</v>
       </c>
-      <c r="G64" s="10"/>
-[...4 lines deleted...]
-      <c r="A65" s="11" t="s">
+      <c r="B65" s="9" t="s">
         <v>227</v>
       </c>
-      <c r="B65" s="9" t="s">
+      <c r="C65" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D65" s="11"/>
+      <c r="E65" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="C65" s="10">
-[...3 lines deleted...]
-      <c r="E65" s="12" t="s">
+      <c r="F65" s="9" t="s">
         <v>229</v>
       </c>
-      <c r="F65" s="9"/>
       <c r="G65" s="10"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
         <v>230</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>231</v>
       </c>
-      <c r="C66" s="23">
-[...3 lines deleted...]
-      <c r="E66" s="35" t="s">
+      <c r="C66" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D66" s="10"/>
+      <c r="E66" s="12" t="s">
         <v>232</v>
       </c>
-      <c r="F66" s="22"/>
-[...2 lines deleted...]
-      <c r="I66" s="24"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="10"/>
+      <c r="H66" s="11"/>
+      <c r="I66" s="11"/>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="9" t="s">
+      <c r="A67" s="11" t="s">
         <v>233</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="C67" s="36" t="s">
-        <v>235</v>
+      <c r="C67" s="24">
+        <v>774692738</v>
       </c>
       <c r="D67" s="24"/>
       <c r="E67" s="35" t="s">
+        <v>235</v>
+      </c>
+      <c r="F67" s="23"/>
+      <c r="G67" s="24"/>
+      <c r="H67" s="25"/>
+      <c r="I67" s="25"/>
+    </row>
+    <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="9" t="s">
         <v>236</v>
       </c>
-      <c r="F67" s="22"/>
-[...5 lines deleted...]
-      <c r="A68" s="14" t="s">
+      <c r="B68" s="9" t="s">
         <v>237</v>
       </c>
-      <c r="B68" s="24" t="s">
+      <c r="C68" s="36" t="s">
         <v>238</v>
       </c>
-      <c r="C68" s="23">
-[...4 lines deleted...]
-      </c>
+      <c r="D68" s="25"/>
       <c r="E68" s="35" t="s">
         <v>239</v>
       </c>
-      <c r="F68" s="22" t="s">
+      <c r="F68" s="23"/>
+      <c r="G68" s="24"/>
+      <c r="H68" s="25"/>
+      <c r="I68" s="35"/>
+    </row>
+    <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="14" t="s">
         <v>240</v>
       </c>
-      <c r="G68" s="23">
+      <c r="B69" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="C69" s="24">
+        <v>606702714</v>
+      </c>
+      <c r="D69" s="24">
+        <v>596166444</v>
+      </c>
+      <c r="E69" s="35" t="s">
+        <v>242</v>
+      </c>
+      <c r="F69" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="G69" s="24">
         <v>602133890</v>
       </c>
-      <c r="H68" s="23">
+      <c r="H69" s="24">
         <v>224956633</v>
       </c>
-      <c r="I68" s="35" t="s">
-[...10 lines deleted...]
-      <c r="C69" s="32" t="s">
+      <c r="I69" s="35" t="s">
         <v>244</v>
       </c>
-      <c r="D69" s="32"/>
-      <c r="E69" s="12" t="s">
+    </row>
+    <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="17" t="s">
+      <c r="B70" s="9" t="s">
         <v>246</v>
       </c>
-      <c r="H69" s="32"/>
-      <c r="I69" s="12" t="s">
+      <c r="C70" s="32" t="s">
         <v>247</v>
-      </c>
-[...9 lines deleted...]
-        <v>250</v>
       </c>
       <c r="D70" s="32"/>
       <c r="E70" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="G70" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="H70" s="32"/>
+      <c r="I70" s="12" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
         <v>251</v>
       </c>
-      <c r="F70" s="11"/>
-[...5 lines deleted...]
-      <c r="A71" s="37" t="s">
+      <c r="B71" s="9" t="s">
         <v>252</v>
       </c>
-      <c r="B71" s="38" t="s">
+      <c r="C71" s="17" t="s">
         <v>253</v>
       </c>
-      <c r="C71" s="39" t="s">
+      <c r="D71" s="32"/>
+      <c r="E71" s="12" t="s">
         <v>254</v>
       </c>
-      <c r="D71" s="40"/>
-      <c r="E71" s="41" t="s">
+      <c r="F71" s="11"/>
+      <c r="G71" s="32"/>
+      <c r="H71" s="32"/>
+      <c r="I71" s="11"/>
+    </row>
+    <row r="72" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="37" t="s">
         <v>255</v>
       </c>
-      <c r="F71" s="42" t="s">
+      <c r="B72" s="38" t="s">
         <v>256</v>
       </c>
-      <c r="G71" s="39" t="s">
+      <c r="C72" s="39" t="s">
         <v>257</v>
       </c>
-      <c r="H71" s="32"/>
-      <c r="I71" s="41" t="s">
+      <c r="D72" s="40"/>
+      <c r="E72" s="41" t="s">
         <v>258</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A72" s="20" t="s">
+      <c r="F72" s="42" t="s">
         <v>259</v>
       </c>
-      <c r="B72" s="43" t="s">
+      <c r="G72" s="39" t="s">
         <v>260</v>
       </c>
-      <c r="C72" s="17" t="s">
+      <c r="H72" s="32"/>
+      <c r="I72" s="41" t="s">
         <v>261</v>
       </c>
-      <c r="D72" s="44"/>
-      <c r="E72" s="45" t="s">
+    </row>
+    <row r="73" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="20" t="s">
         <v>262</v>
       </c>
-      <c r="F72" s="42"/>
-[...5 lines deleted...]
-      <c r="A73" s="46" t="s">
+      <c r="B73" s="42" t="s">
         <v>263</v>
       </c>
-      <c r="B73" s="31" t="s">
+      <c r="C73" s="17" t="s">
         <v>264</v>
       </c>
-      <c r="C73" s="10">
-[...3 lines deleted...]
-      <c r="E73" s="28" t="s">
+      <c r="D73" s="43"/>
+      <c r="E73" s="44" t="s">
         <v>265</v>
       </c>
       <c r="F73" s="42"/>
       <c r="G73" s="39"/>
       <c r="H73" s="32"/>
       <c r="I73" s="41"/>
     </row>
-    <row r="74" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="14" t="s">
+    <row r="74" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="20" t="s">
         <v>266</v>
       </c>
-      <c r="B74" s="11" t="s">
+      <c r="B74" s="42" t="s">
         <v>267</v>
       </c>
-      <c r="C74" s="10">
+      <c r="C74" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="D74" s="39" t="s">
+        <v>269</v>
+      </c>
+      <c r="E74" s="45" t="s">
+        <v>270</v>
+      </c>
+      <c r="F74" s="42" t="s">
+        <v>271</v>
+      </c>
+      <c r="G74" s="39" t="s">
+        <v>272</v>
+      </c>
+      <c r="H74" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="I74" s="46" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="47" t="s">
+        <v>274</v>
+      </c>
+      <c r="B75" s="31" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="10">
+        <v>770197969</v>
+      </c>
+      <c r="D75" s="11"/>
+      <c r="E75" s="28" t="s">
+        <v>276</v>
+      </c>
+      <c r="F75" s="48"/>
+      <c r="G75" s="39"/>
+      <c r="H75" s="32"/>
+      <c r="I75" s="41"/>
+    </row>
+    <row r="76" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C76" s="10">
         <v>267314243</v>
       </c>
-      <c r="D74" s="10">
-[...38 lines deleted...]
-      </c>
       <c r="D76" s="10"/>
-      <c r="E76" s="12" t="s">
-        <v>275</v>
+      <c r="E76" s="11" t="s">
+        <v>279</v>
       </c>
       <c r="F76" s="9"/>
-      <c r="G76" s="47"/>
+      <c r="G76" s="49"/>
       <c r="H76" s="10"/>
-      <c r="I76" s="48"/>
+      <c r="I76" s="50"/>
     </row>
     <row r="77" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B77" s="9" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>281</v>
+      </c>
+      <c r="C77" s="10">
+        <v>737212178</v>
       </c>
       <c r="D77" s="10"/>
       <c r="E77" s="12" t="s">
-        <v>279</v>
-[...8 lines deleted...]
-      <c r="I77" s="12" t="s">
         <v>282</v>
       </c>
+      <c r="F77" s="11"/>
+      <c r="G77" s="11"/>
+      <c r="H77" s="11"/>
+      <c r="I77" s="11"/>
     </row>
     <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="9" t="s">
+      <c r="A78" s="51" t="s">
         <v>283</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>284</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="10"/>
       <c r="E78" s="12" t="s">
         <v>286</v>
       </c>
-      <c r="F78" s="9" t="s">
+      <c r="F78" s="9"/>
+      <c r="G78" s="49"/>
+      <c r="H78" s="10"/>
+      <c r="I78" s="50"/>
+    </row>
+    <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="9" t="s">
         <v>287</v>
       </c>
-      <c r="G78" s="17" t="s">
+      <c r="B79" s="9" t="s">
         <v>288</v>
       </c>
-      <c r="H78" s="10"/>
-      <c r="I78" s="12" t="s">
+      <c r="C79" s="17" t="s">
         <v>289</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="D79" s="10"/>
+      <c r="E79" s="12" t="s">
         <v>290</v>
       </c>
-      <c r="B79" s="11" t="s">
-[...6 lines deleted...]
-      <c r="E79" s="11" t="s">
+      <c r="F79" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="F79" s="11"/>
-[...2 lines deleted...]
-      <c r="I79" s="11"/>
+      <c r="G79" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" s="10"/>
+      <c r="I79" s="12" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="11" t="s">
-        <v>292</v>
+      <c r="A80" s="9" t="s">
+        <v>294</v>
       </c>
       <c r="B80" s="9" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      <c r="D80" s="11"/>
+        <v>295</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>296</v>
+      </c>
+      <c r="D80" s="10"/>
       <c r="E80" s="12" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-      <c r="H80" s="11"/>
+        <v>298</v>
+      </c>
+      <c r="G80" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="H80" s="10"/>
       <c r="I80" s="12" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="11" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>301</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>36</v>
       </c>
       <c r="C81" s="10">
-        <v>602492281</v>
+        <v>739341656</v>
       </c>
       <c r="D81" s="11"/>
-      <c r="E81" s="13" t="s">
-        <v>299</v>
+      <c r="E81" s="11" t="s">
+        <v>302</v>
       </c>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="11" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B82" s="9" t="s">
-        <v>301</v>
-[...11 lines deleted...]
-      <c r="G82" s="11"/>
+        <v>304</v>
+      </c>
+      <c r="C82" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D82" s="11"/>
+      <c r="E82" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="G82" s="10">
+        <v>602814592</v>
+      </c>
       <c r="H82" s="11"/>
-      <c r="I82" s="11"/>
+      <c r="I82" s="12" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="11" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>304</v>
-[...6 lines deleted...]
-        <v>306</v>
+        <v>309</v>
+      </c>
+      <c r="C83" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D83" s="11"/>
+      <c r="E83" s="13" t="s">
+        <v>310</v>
       </c>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
     </row>
     <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="11" t="s">
-        <v>307</v>
-[...9 lines deleted...]
-        <v>309</v>
+        <v>311</v>
+      </c>
+      <c r="B84" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C84" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D84" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E84" s="13" t="s">
+        <v>313</v>
       </c>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
     </row>
     <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="11" t="s">
-        <v>310</v>
-[...9 lines deleted...]
-        <v>313</v>
+        <v>314</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D85" s="16"/>
+      <c r="E85" s="12" t="s">
+        <v>317</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="14" t="s">
-[...15 lines deleted...]
-      <c r="I86" s="13"/>
+      <c r="A86" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="C86" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D86" s="11"/>
+      <c r="E86" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="F86" s="11"/>
+      <c r="G86" s="11"/>
+      <c r="H86" s="11"/>
+      <c r="I86" s="11"/>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>317</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>321</v>
+      </c>
+      <c r="B87" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>323</v>
       </c>
       <c r="D87" s="11"/>
-      <c r="E87" s="12" t="s">
-        <v>319</v>
+      <c r="E87" s="11" t="s">
+        <v>324</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I88" s="11"/>
+      <c r="A88" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="B88" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C88" s="32" t="s">
+        <v>326</v>
+      </c>
+      <c r="D88" s="18"/>
+      <c r="E88" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="F88" s="9"/>
+      <c r="G88" s="32"/>
+      <c r="H88" s="18"/>
+      <c r="I88" s="13"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>328</v>
+      </c>
+      <c r="B89" s="9" t="s">
+        <v>329</v>
       </c>
       <c r="C89" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D89" s="11"/>
-      <c r="E89" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E89" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="F89" s="11"/>
+      <c r="G89" s="11"/>
       <c r="H89" s="11"/>
-      <c r="I89" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="11" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>331</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>332</v>
       </c>
       <c r="C90" s="10">
-        <v>737257828</v>
-[...14 lines deleted...]
-      <c r="I90" s="12" t="s">
+        <v>724050445</v>
+      </c>
+      <c r="D90" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E90" s="11" t="s">
         <v>333</v>
       </c>
+      <c r="F90" s="11"/>
+      <c r="G90" s="11"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="11"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
         <v>334</v>
       </c>
       <c r="B91" s="11" t="s">
-        <v>221</v>
+        <v>335</v>
       </c>
       <c r="C91" s="10">
-        <v>732558464</v>
-[...8 lines deleted...]
-      <c r="I91" s="11"/>
+        <v>724032663</v>
+      </c>
+      <c r="D91" s="11"/>
+      <c r="E91" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="F91" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="G91" s="10">
+        <v>602786694</v>
+      </c>
+      <c r="H91" s="11"/>
+      <c r="I91" s="11" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="11" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C92" s="10">
-        <v>602699294</v>
+        <v>737257828</v>
       </c>
       <c r="D92" s="11"/>
-      <c r="E92" s="11" t="s">
-        <v>337</v>
+      <c r="E92" s="12" t="s">
+        <v>341</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="G92" s="10">
-        <v>602752390</v>
-[...1 lines deleted...]
-      <c r="H92" s="11"/>
+        <v>737255532</v>
+      </c>
+      <c r="H92" s="52" t="s">
+        <v>343</v>
+      </c>
       <c r="I92" s="12" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="11" t="s">
-[...3 lines deleted...]
-        <v>341</v>
+      <c r="A93" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>346</v>
       </c>
       <c r="C93" s="10">
-        <v>602785383</v>
-[...8 lines deleted...]
-      <c r="I93" s="51"/>
+        <v>601502564</v>
+      </c>
+      <c r="D93" s="10"/>
+      <c r="E93" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="G93" s="10">
+        <v>732558464</v>
+      </c>
+      <c r="H93" s="10"/>
+      <c r="I93" s="9" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>349</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>350</v>
       </c>
       <c r="C94" s="10">
-        <v>723533193</v>
+        <v>602699294</v>
       </c>
       <c r="D94" s="11"/>
-      <c r="E94" s="13" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="E94" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>352</v>
       </c>
       <c r="G94" s="10">
-        <v>604417904</v>
+        <v>602752390</v>
       </c>
       <c r="H94" s="11"/>
       <c r="I94" s="12" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="11" t="s">
-        <v>348</v>
-[...7 lines deleted...]
-      <c r="H95" s="52"/>
+        <v>354</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="C95" s="10">
+        <v>602785383</v>
+      </c>
+      <c r="D95" s="11"/>
+      <c r="E95" s="13" t="s">
+        <v>356</v>
+      </c>
+      <c r="F95" s="11"/>
+      <c r="G95" s="11"/>
+      <c r="H95" s="11"/>
       <c r="I95" s="53"/>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="9" t="s">
-[...3 lines deleted...]
-        <v>308</v>
+      <c r="A96" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>358</v>
       </c>
       <c r="C96" s="10">
+        <v>723533193</v>
+      </c>
+      <c r="D96" s="11"/>
+      <c r="E96" s="13" t="s">
+        <v>359</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>360</v>
+      </c>
+      <c r="G96" s="10">
+        <v>604417904</v>
+      </c>
+      <c r="H96" s="11"/>
+      <c r="I96" s="12" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="B97" s="54"/>
+      <c r="C97" s="54"/>
+      <c r="D97" s="54"/>
+      <c r="E97" s="54"/>
+      <c r="F97" s="54"/>
+      <c r="G97" s="54"/>
+      <c r="H97" s="54"/>
+      <c r="I97" s="55"/>
+    </row>
+    <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="9" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C98" s="10">
         <v>734170707</v>
       </c>
-      <c r="D96" s="11"/>
-[...6 lines deleted...]
-      <c r="G96" s="10">
+      <c r="D98" s="11"/>
+      <c r="E98" s="22" t="s">
+        <v>364</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="G98" s="10">
         <v>739580585</v>
       </c>
-      <c r="H96" s="11"/>
-[...11 lines deleted...]
-      <c r="C97" s="10">
+      <c r="H98" s="11"/>
+      <c r="I98" s="56" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="C99" s="10">
         <v>770328332</v>
       </c>
-      <c r="D97" s="11"/>
-[...6 lines deleted...]
-      <c r="G97" s="10">
+      <c r="D99" s="11"/>
+      <c r="E99" s="12" t="s">
+        <v>369</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>370</v>
+      </c>
+      <c r="G99" s="10">
         <v>352462894</v>
       </c>
-      <c r="H97" s="10">
+      <c r="H99" s="10">
         <v>352463854</v>
       </c>
-      <c r="I97" s="12" t="s">
-[...10 lines deleted...]
-      <c r="C98" s="10">
+      <c r="I99" s="12" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="57" t="s">
+        <v>372</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>373</v>
+      </c>
+      <c r="C100" s="10">
         <v>725040824</v>
       </c>
-      <c r="D98" s="10"/>
-[...6 lines deleted...]
-      <c r="G98" s="10">
+      <c r="D100" s="10"/>
+      <c r="E100" s="12" t="s">
+        <v>374</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>375</v>
+      </c>
+      <c r="G100" s="10">
         <v>775657619</v>
       </c>
-      <c r="H98" s="10"/>
-[...11 lines deleted...]
-      <c r="C99" s="10">
+      <c r="H100" s="10"/>
+      <c r="I100" s="12" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="57" t="s">
+        <v>377</v>
+      </c>
+      <c r="B101" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="C101" s="10">
         <v>720987811</v>
       </c>
-      <c r="D99" s="21"/>
-[...6 lines deleted...]
-      <c r="G99" s="10">
+      <c r="D101" s="21"/>
+      <c r="E101" s="12" t="s">
+        <v>379</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>380</v>
+      </c>
+      <c r="G101" s="10">
         <v>725319655</v>
       </c>
-      <c r="H99" s="21"/>
-[...8 lines deleted...]
-      <c r="B100" s="9" t="s">
+      <c r="H101" s="21"/>
+      <c r="I101" s="12" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="57" t="s">
+        <v>382</v>
+      </c>
+      <c r="B102" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="C100" s="10">
+      <c r="C102" s="10">
         <v>776747770</v>
       </c>
-      <c r="D100" s="21"/>
-[...53 lines deleted...]
-      <c r="I102" s="11"/>
+      <c r="D102" s="21"/>
+      <c r="E102" s="12" t="s">
+        <v>383</v>
+      </c>
+      <c r="F102" s="9"/>
+      <c r="G102" s="10"/>
+      <c r="H102" s="10"/>
+      <c r="I102" s="9"/>
     </row>
     <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="11" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>384</v>
+      </c>
+      <c r="B103" s="9" t="s">
+        <v>385</v>
       </c>
       <c r="C103" s="10">
-        <v>602784750</v>
-[...6 lines deleted...]
-      <c r="G103" s="11"/>
+        <v>722275714</v>
+      </c>
+      <c r="D103" s="10"/>
+      <c r="E103" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="F103" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="G103" s="10">
+        <v>602510497</v>
+      </c>
       <c r="H103" s="11"/>
-      <c r="I103" s="11"/>
+      <c r="I103" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="J103" s="58"/>
+      <c r="K103" s="59"/>
+      <c r="L103" s="60"/>
     </row>
     <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="61" t="s">
-[...10 lines deleted...]
-        <v>258</v>
+      <c r="A104" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>390</v>
+      </c>
+      <c r="C104" s="61" t="s">
+        <v>391</v>
+      </c>
+      <c r="D104" s="62"/>
+      <c r="E104" s="14" t="s">
+        <v>392</v>
       </c>
       <c r="F104" s="11"/>
       <c r="G104" s="11"/>
       <c r="H104" s="11"/>
       <c r="I104" s="11"/>
     </row>
     <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="11" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="C105" s="10">
-        <v>602198030</v>
+        <v>602784750</v>
       </c>
       <c r="D105" s="11"/>
-      <c r="E105" s="12" t="s">
-        <v>386</v>
+      <c r="E105" s="11" t="s">
+        <v>395</v>
       </c>
       <c r="F105" s="11"/>
       <c r="G105" s="11"/>
       <c r="H105" s="11"/>
       <c r="I105" s="11"/>
     </row>
     <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="11" t="s">
-[...3 lines deleted...]
-        <v>388</v>
+      <c r="A106" s="63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>397</v>
       </c>
       <c r="C106" s="10">
-        <v>734753940</v>
+        <v>774441975</v>
       </c>
       <c r="D106" s="11"/>
       <c r="E106" s="12" t="s">
-        <v>389</v>
+        <v>261</v>
       </c>
       <c r="F106" s="11"/>
-      <c r="G106" s="10"/>
+      <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="11"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="C107" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D107" s="10"/>
+        <v>602198030</v>
+      </c>
+      <c r="D107" s="11"/>
       <c r="E107" s="12" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="F107" s="11"/>
+      <c r="G107" s="11"/>
       <c r="H107" s="11"/>
-      <c r="I107" s="62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I107" s="11"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="9" t="s">
-        <v>395</v>
+      <c r="A108" s="11" t="s">
+        <v>401</v>
       </c>
       <c r="B108" s="9" t="s">
-        <v>396</v>
-[...8 lines deleted...]
-        <v>397</v>
+        <v>402</v>
+      </c>
+      <c r="C108" s="10">
+        <v>734753940</v>
+      </c>
+      <c r="D108" s="11"/>
+      <c r="E108" s="12" t="s">
+        <v>403</v>
       </c>
       <c r="F108" s="11"/>
-      <c r="G108" s="11"/>
+      <c r="G108" s="10"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="9" t="s">
-[...3 lines deleted...]
-        <v>399</v>
+      <c r="A109" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="B109" s="11" t="s">
+        <v>405</v>
       </c>
       <c r="C109" s="10">
-        <v>602541368</v>
+        <v>775317903</v>
       </c>
       <c r="D109" s="10"/>
       <c r="E109" s="12" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      <c r="I109" s="12"/>
+        <v>406</v>
+      </c>
+      <c r="F109" s="11" t="s">
+        <v>407</v>
+      </c>
+      <c r="G109" s="10">
+        <v>733181200</v>
+      </c>
+      <c r="H109" s="11"/>
+      <c r="I109" s="64" t="s">
+        <v>408</v>
+      </c>
     </row>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="9" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="B110" s="9" t="s">
-        <v>402</v>
-[...17 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="C110" s="21">
+        <v>725744644</v>
+      </c>
+      <c r="D110" s="21">
+        <v>475201349</v>
+      </c>
+      <c r="E110" s="13" t="s">
+        <v>411</v>
+      </c>
+      <c r="F110" s="11"/>
+      <c r="G110" s="11"/>
+      <c r="H110" s="11"/>
+      <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="9" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="B111" s="9" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C111" s="10">
-        <v>605880066</v>
+        <v>602541368</v>
       </c>
       <c r="D111" s="10"/>
       <c r="E111" s="12" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="F111" s="11"/>
-      <c r="G111" s="11"/>
-[...1 lines deleted...]
-      <c r="I111" s="11"/>
+      <c r="G111" s="10"/>
+      <c r="H111" s="10"/>
+      <c r="I111" s="12"/>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="9" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C112" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D112" s="11"/>
+        <v>733527310</v>
+      </c>
+      <c r="D112" s="10"/>
       <c r="E112" s="12" t="s">
-        <v>410</v>
-[...4 lines deleted...]
-      <c r="I112" s="11"/>
+        <v>417</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>416</v>
+      </c>
+      <c r="G112" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H112" s="10"/>
+      <c r="I112" s="12" t="s">
+        <v>418</v>
+      </c>
     </row>
     <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="9" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="B113" s="9" t="s">
-        <v>412</v>
-[...26 lines deleted...]
-    </row>
+        <v>346</v>
+      </c>
+      <c r="C113" s="10">
+        <v>605880066</v>
+      </c>
+      <c r="D113" s="10"/>
+      <c r="E113" s="12" t="s">
+        <v>420</v>
+      </c>
+      <c r="F113" s="11"/>
+      <c r="G113" s="11"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="11"/>
+    </row>
+    <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="9" t="s">
+        <v>421</v>
+      </c>
+      <c r="B114" s="9" t="s">
+        <v>422</v>
+      </c>
+      <c r="C114" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D114" s="11"/>
+      <c r="E114" s="12" t="s">
+        <v>423</v>
+      </c>
+      <c r="F114" s="11"/>
+      <c r="G114" s="10"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="11"/>
+    </row>
+    <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="9" t="s">
+        <v>424</v>
+      </c>
+      <c r="B115" s="9" t="s">
+        <v>425</v>
+      </c>
+      <c r="C115" s="17" t="s">
+        <v>426</v>
+      </c>
+      <c r="D115" s="17"/>
+      <c r="E115" s="13" t="s">
+        <v>427</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>428</v>
+      </c>
+      <c r="G115" s="17" t="s">
+        <v>429</v>
+      </c>
+      <c r="H115" s="17"/>
+      <c r="I115" s="12" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="14"/>
+      <c r="C118" s="59"/>
+      <c r="D118" s="59"/>
+      <c r="E118" s="60"/>
+    </row>
     <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E20" r:id="rId1" xr:uid="{3BDCF4D7-77FF-44F3-991E-50F37707C04F}"/>
-[...119 lines deleted...]
-    <hyperlink ref="I97" r:id="rId121" xr:uid="{68E90711-4CDE-4A71-92B1-FF3681F53849}"/>
+    <hyperlink ref="E20" r:id="rId1" xr:uid="{B5468606-4A15-4B54-BB87-130644F2403A}"/>
+    <hyperlink ref="E14" r:id="rId2" xr:uid="{F7CB4AF0-0A4A-4899-B414-96ACEF208B7E}"/>
+    <hyperlink ref="E80" r:id="rId3" xr:uid="{5B93E745-DBF8-4CE8-9FC0-A42060FB9177}"/>
+    <hyperlink ref="E108" r:id="rId4" xr:uid="{236C31DE-29EF-4E6E-8A58-EB6F8720E5C5}"/>
+    <hyperlink ref="E62" r:id="rId5" xr:uid="{F135870C-3D03-405F-89BF-867660F90224}"/>
+    <hyperlink ref="E19" r:id="rId6" xr:uid="{0FB62677-39D6-4B64-BB80-394F2AD52F7C}"/>
+    <hyperlink ref="E26" r:id="rId7" xr:uid="{7F641711-53A4-43BB-B2FF-4952EE75414A}"/>
+    <hyperlink ref="E44" r:id="rId8" xr:uid="{53184C22-888F-4F42-BC07-8940EEDA76CE}"/>
+    <hyperlink ref="E57" r:id="rId9" xr:uid="{03E37220-7A7A-4667-8865-D2F02B89CEF3}"/>
+    <hyperlink ref="E71" r:id="rId10" xr:uid="{1BFB7A1C-FA36-4E45-9A27-970EA1FB5DF8}"/>
+    <hyperlink ref="E70" r:id="rId11" xr:uid="{764FBB1E-0E24-4EBF-91E9-8BDDB54CF419}"/>
+    <hyperlink ref="E86" r:id="rId12" xr:uid="{EA6463C6-EA82-40AD-BB44-AFD5DF64F0F7}"/>
+    <hyperlink ref="E60" r:id="rId13" xr:uid="{4905ED8B-7D05-444D-8BE0-E148452BBF0D}"/>
+    <hyperlink ref="E89" r:id="rId14" xr:uid="{2B5ECCD9-2479-4C1B-93E8-CF201ABE52B9}"/>
+    <hyperlink ref="E79" r:id="rId15" xr:uid="{3010FBFB-2CEC-4932-8786-A6AA90A68485}"/>
+    <hyperlink ref="E31" r:id="rId16" xr:uid="{12BEF833-67BD-489A-937E-FDE071CFD6E1}"/>
+    <hyperlink ref="E56" r:id="rId17" xr:uid="{8E333DDD-56E0-42F0-8FD5-2D52CD13C6E5}"/>
+    <hyperlink ref="E115" r:id="rId18" xr:uid="{849C5E3B-96AC-4373-A15D-401CB0B249A6}"/>
+    <hyperlink ref="E36" r:id="rId19" xr:uid="{4B4C67C5-BDCE-4ECD-A7FC-43DD21214035}"/>
+    <hyperlink ref="E37" r:id="rId20" xr:uid="{AEDBF63A-77D1-4739-B5FB-562E0FFBF6F5}"/>
+    <hyperlink ref="E100" r:id="rId21" xr:uid="{9FE05088-0D3F-4305-B584-07D6C0F78470}"/>
+    <hyperlink ref="E65" r:id="rId22" xr:uid="{98B529B3-34F6-468A-9374-6D16E0222990}"/>
+    <hyperlink ref="E9" r:id="rId23" xr:uid="{606ED04A-43C7-4B58-B7D4-B4E89387B40F}"/>
+    <hyperlink ref="E13" r:id="rId24" xr:uid="{362A70FD-9544-4AE5-A217-DF74A4C03868}"/>
+    <hyperlink ref="E72" r:id="rId25" xr:uid="{83EEFEA6-7323-4263-9E90-794E3BDA01B3}"/>
+    <hyperlink ref="I72" r:id="rId26" xr:uid="{1D3721B0-70EB-49D5-8AE8-2A758A2C72B0}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{95013D7D-E4F1-485D-A8E3-CC7DDE803CF2}"/>
+    <hyperlink ref="E28" r:id="rId28" xr:uid="{29CE188E-6E7E-4244-876D-C525BBCF3CA3}"/>
+    <hyperlink ref="E111" r:id="rId29" xr:uid="{F7AD0B72-9CAB-4394-A6EE-98518541D9B2}"/>
+    <hyperlink ref="E77" r:id="rId30" xr:uid="{8B5A6CF6-307C-4292-A98E-9AEA60BB3D84}"/>
+    <hyperlink ref="E11" r:id="rId31" xr:uid="{E7B6C346-1312-4FB3-B604-5BFC671F99FA}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{84C4904B-6678-44BF-8BA7-7D864BD7A270}"/>
+    <hyperlink ref="E29" r:id="rId33" xr:uid="{163E644D-09E5-422F-9BFD-0CFEC27CB8F1}"/>
+    <hyperlink ref="E10" r:id="rId34" xr:uid="{CE5CE323-846D-40C2-A0A9-6E8D2A33FDB0}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{60D7E8BE-BE2A-4412-9339-A0E1D1FC7A28}"/>
+    <hyperlink ref="E15" r:id="rId36" xr:uid="{7A8C3C1C-A671-402B-ABD9-586A4DBF000F}"/>
+    <hyperlink ref="I79" r:id="rId37" xr:uid="{B2B7FA57-9DB0-4B9F-ACAB-075BBA89A6BA}"/>
+    <hyperlink ref="E82" r:id="rId38" xr:uid="{72156724-2F69-4D44-8222-595E3AB1E848}"/>
+    <hyperlink ref="E69" r:id="rId39" xr:uid="{08FCFAC4-B3F8-4573-BC66-8F4593650761}"/>
+    <hyperlink ref="I69" r:id="rId40" xr:uid="{375044AF-CDDA-4C72-B3F4-BC28F5E151C2}"/>
+    <hyperlink ref="E102" r:id="rId41" xr:uid="{F2CD8A58-E4E9-4586-9A99-A50883632D1D}"/>
+    <hyperlink ref="E17" r:id="rId42" xr:uid="{B4C090EF-084B-4029-ABC9-129FAF475C5F}"/>
+    <hyperlink ref="E18" r:id="rId43" xr:uid="{FD667E17-18DB-45E5-A47D-E88FA29B0793}"/>
+    <hyperlink ref="E95" r:id="rId44" xr:uid="{8DAFF38C-01B1-4010-AE6A-66D60EC5D149}"/>
+    <hyperlink ref="E24" r:id="rId45" xr:uid="{753064C1-A5C1-40C7-B85A-F4CC900B951D}"/>
+    <hyperlink ref="E68" r:id="rId46" xr:uid="{3091E134-6670-47CB-AA56-3F63BDE33F65}"/>
+    <hyperlink ref="E39" r:id="rId47" xr:uid="{2F21ECAC-EB94-47E0-B33E-9945F8A5B3A9}"/>
+    <hyperlink ref="I39" r:id="rId48" xr:uid="{31018953-3401-43BF-A5D1-68BB39A9D810}"/>
+    <hyperlink ref="E27" r:id="rId49" xr:uid="{E8AEFD4D-ABCA-44F9-8B6B-D5E7FC92C280}"/>
+    <hyperlink ref="I27" r:id="rId50" xr:uid="{46FF677F-7993-49A6-81E7-7AB73E16704A}"/>
+    <hyperlink ref="E109" r:id="rId51" xr:uid="{56702ACA-0D52-4932-A18A-CA1D0752F382}"/>
+    <hyperlink ref="E107" r:id="rId52" xr:uid="{4BA87F86-2B43-43CD-AF35-5914A0DDAC3E}"/>
+    <hyperlink ref="E113" r:id="rId53" xr:uid="{A0FAAEC1-6A4E-4C26-A37B-42FE155F9AB3}"/>
+    <hyperlink ref="E49" r:id="rId54" xr:uid="{5EAA136C-E1C2-4208-ACAD-987B03D9DED0}"/>
+    <hyperlink ref="E85" r:id="rId55" xr:uid="{5C23479C-A43F-4D43-ADC7-8C7FB66199C2}"/>
+    <hyperlink ref="E84" r:id="rId56" xr:uid="{0975D723-8A13-4D01-9C2D-0E773F80F01D}"/>
+    <hyperlink ref="E98" r:id="rId57" xr:uid="{50081C46-8391-4880-9C54-24C0486515B6}"/>
+    <hyperlink ref="E58" r:id="rId58" xr:uid="{78484789-054B-4F03-9B75-F2F3B8E43885}"/>
+    <hyperlink ref="I70" r:id="rId59" xr:uid="{C68E079F-F793-4972-948D-B670E22FB861}"/>
+    <hyperlink ref="E42" r:id="rId60" xr:uid="{E97CB34E-6338-47AE-8F2D-0CA2FD02340F}"/>
+    <hyperlink ref="E25" r:id="rId61" xr:uid="{E237D1AD-B4BC-4604-97B7-D2A9E78D3C72}"/>
+    <hyperlink ref="E30" r:id="rId62" xr:uid="{00F37C52-1AB3-4F93-AC13-4A84A588EF80}"/>
+    <hyperlink ref="E103" r:id="rId63" xr:uid="{F06A1840-9695-4930-96C0-B97286F7D122}"/>
+    <hyperlink ref="E50" r:id="rId64" xr:uid="{499609E5-D5C7-43CD-BB8A-58F546EF3A31}"/>
+    <hyperlink ref="E112" r:id="rId65" xr:uid="{D2F1847A-8C18-4F2B-8B1A-B3AB390D0585}"/>
+    <hyperlink ref="I112" r:id="rId66" xr:uid="{991C255A-0016-44C4-96D1-50A106D74E73}"/>
+    <hyperlink ref="E101" r:id="rId67" xr:uid="{73DBA595-8E6E-4D26-9D72-B3C9D5AF2CD3}"/>
+    <hyperlink ref="I32" r:id="rId68" xr:uid="{29641C07-B7C9-47D4-B7CB-CB712499AE5F}"/>
+    <hyperlink ref="E32" r:id="rId69" xr:uid="{82C7B77C-F2C9-4561-80FD-8F6DFB154F18}"/>
+    <hyperlink ref="I20" r:id="rId70" xr:uid="{C2AB8B36-EFCD-485E-8E51-7B819FB3E244}"/>
+    <hyperlink ref="I100" r:id="rId71" xr:uid="{617844EE-B132-4CCE-9E50-65D5CEDF3437}"/>
+    <hyperlink ref="E21" r:id="rId72" xr:uid="{5CACE069-040A-430B-9585-74033F13F1BD}"/>
+    <hyperlink ref="I21" r:id="rId73" xr:uid="{4246AEFD-CE2E-4CAD-A07E-4CB159FA421F}"/>
+    <hyperlink ref="I51" r:id="rId74" xr:uid="{BF4C8857-2A90-472B-ADFA-1B558251F370}"/>
+    <hyperlink ref="I9" r:id="rId75" xr:uid="{80937A6A-C67F-47B9-B51F-BC8F7E292F54}"/>
+    <hyperlink ref="I18" r:id="rId76" xr:uid="{B190B65C-C3C6-49EB-8237-F6FC2D3E4F7D}"/>
+    <hyperlink ref="I28" r:id="rId77" xr:uid="{E2303D90-9689-4CD1-9CB0-D6F2F5CBDF3E}"/>
+    <hyperlink ref="E59" r:id="rId78" xr:uid="{089654D4-DC7E-49B9-B7E4-3ED2459BC503}"/>
+    <hyperlink ref="E78" r:id="rId79" xr:uid="{E13B7A84-D2C0-4124-9AB4-CAB2D4CA6E06}"/>
+    <hyperlink ref="E63" r:id="rId80" xr:uid="{F590DF18-373B-4537-A1CC-36DA610D3B64}"/>
+    <hyperlink ref="I63" r:id="rId81" xr:uid="{7E3A72D9-1EAB-497D-8C04-7F4F4DD95B77}"/>
+    <hyperlink ref="I115" r:id="rId82" xr:uid="{37E0FAC1-701B-4D43-8478-B310B4367A02}"/>
+    <hyperlink ref="E88" r:id="rId83" xr:uid="{9FDA8D04-994A-4CC0-A5AC-D1A9D1D20732}"/>
+    <hyperlink ref="E45" r:id="rId84" xr:uid="{E6A90DCF-0F90-46D9-82DE-99A2CF2D4B8B}"/>
+    <hyperlink ref="I82" r:id="rId85" xr:uid="{9A682BEE-3432-4B99-990B-8EFEAE839EFE}"/>
+    <hyperlink ref="I94" r:id="rId86" xr:uid="{3389DF5D-B5B2-43C3-82C3-55A52A3F3718}"/>
+    <hyperlink ref="I22" r:id="rId87" xr:uid="{556344C0-693E-47EF-B476-2FE92BD57B57}"/>
+    <hyperlink ref="I13" r:id="rId88" xr:uid="{723C8CF4-A1CE-455D-8E49-F7D4B7B1E775}"/>
+    <hyperlink ref="I92" r:id="rId89" xr:uid="{0EE5454E-001F-4D4F-A2D7-158258FB4852}"/>
+    <hyperlink ref="E92" r:id="rId90" xr:uid="{8B40AAAE-BCDE-4DE1-B387-92B4B524905E}"/>
+    <hyperlink ref="E66" r:id="rId91" xr:uid="{FD773ECA-08E8-45BB-9561-FB84A1FF69F2}"/>
+    <hyperlink ref="E55" r:id="rId92" xr:uid="{97A721D8-FE89-463F-9E32-9143B0804606}"/>
+    <hyperlink ref="E54" r:id="rId93" xr:uid="{6C0E7CF2-14C0-43AC-8A7D-AF5F053A6029}"/>
+    <hyperlink ref="I15" r:id="rId94" xr:uid="{0877C23E-052B-4C29-8DAB-E2CC5FEB26F2}"/>
+    <hyperlink ref="E16" r:id="rId95" xr:uid="{27712577-2720-44D6-B14F-E71BF8AE639B}"/>
+    <hyperlink ref="E83" r:id="rId96" xr:uid="{D4F7D04B-866D-413A-867A-C6B596D4DC5E}"/>
+    <hyperlink ref="E73" r:id="rId97" xr:uid="{1845F386-B21A-42CC-AC5E-E491C111F838}"/>
+    <hyperlink ref="E114" r:id="rId98" xr:uid="{E14AB452-BEDD-4680-953B-55B8B9D92DC9}"/>
+    <hyperlink ref="E64" r:id="rId99" xr:uid="{34D41694-4784-443C-9F39-7553C821074F}"/>
+    <hyperlink ref="E106" r:id="rId100" xr:uid="{3772EBEB-9720-4576-BF2A-DEBFE77E24CB}"/>
+    <hyperlink ref="E41" r:id="rId101" xr:uid="{79C2397E-8123-40B9-B3B7-8C5E72815633}"/>
+    <hyperlink ref="E8" r:id="rId102" xr:uid="{694F2AC1-2840-4B17-A000-C1E4694E0A3A}"/>
+    <hyperlink ref="E38" r:id="rId103" xr:uid="{1BB13C0E-8ADD-46E6-9FF5-7D8349A17E1F}"/>
+    <hyperlink ref="I24" r:id="rId104" xr:uid="{9D5B2D32-CD75-4075-A1FE-97FCF8374123}"/>
+    <hyperlink ref="I16" r:id="rId105" xr:uid="{BBC17F26-3EB5-4C6C-B2B9-814698DBF592}"/>
+    <hyperlink ref="I109" r:id="rId106" display="mailto:matejovsky@retrolok.cz" xr:uid="{B602EEC0-FE76-4A51-8311-B3CB29131D18}"/>
+    <hyperlink ref="I101" r:id="rId107" xr:uid="{98038D8F-BA04-49CD-9C3C-7E34AECDDCEA}"/>
+    <hyperlink ref="E110" r:id="rId108" xr:uid="{D46519F8-927A-4E8F-AD1E-16B06B74A538}"/>
+    <hyperlink ref="E61" r:id="rId109" xr:uid="{824387D0-B15E-4EBD-B8CF-E035FE4FBFC8}"/>
+    <hyperlink ref="I80" r:id="rId110" xr:uid="{006240DC-DA4B-49ED-9294-CB7511FE5D2C}"/>
+    <hyperlink ref="E34" r:id="rId111" xr:uid="{36B3BF74-B910-455A-9463-B31950304D1A}"/>
+    <hyperlink ref="I26" r:id="rId112" xr:uid="{FE1C1360-0C9B-49E0-99CA-C222EEBB3F85}"/>
+    <hyperlink ref="I98" r:id="rId113" xr:uid="{461D1A12-C873-457D-B673-6CAB92C4E4D4}"/>
+    <hyperlink ref="E67" r:id="rId114" xr:uid="{1E835421-0544-404F-83ED-F084FD343383}"/>
+    <hyperlink ref="E35" r:id="rId115" xr:uid="{6D338776-00D6-4A14-B9CC-B102BD7BEBC8}"/>
+    <hyperlink ref="E40" r:id="rId116" xr:uid="{C1D9D52A-DF25-4785-A374-99B841A66155}"/>
+    <hyperlink ref="E33" r:id="rId117" xr:uid="{47EAB963-D0CB-4972-82CC-EB010A0E7350}"/>
+    <hyperlink ref="E96" r:id="rId118" xr:uid="{B5AF5463-D3E3-4122-8CD7-6200EA2D239E}"/>
+    <hyperlink ref="I96" r:id="rId119" xr:uid="{0E62271D-7B4E-4932-8356-DFE46ECB2A5A}"/>
+    <hyperlink ref="E99" r:id="rId120" xr:uid="{15EBAB49-0CA0-4E34-BEAF-4B443D8331BC}"/>
+    <hyperlink ref="I99" r:id="rId121" xr:uid="{743FE73B-E15E-414B-A426-E41933457DEE}"/>
+    <hyperlink ref="E93" r:id="rId122" xr:uid="{1D19FCF5-0259-4BF4-958F-DE0B64067CA3}"/>
+    <hyperlink ref="E23" r:id="rId123" xr:uid="{15FE2845-AF68-4C6B-BB79-45187C1DB146}"/>
+    <hyperlink ref="E74" r:id="rId124" xr:uid="{C7379E6C-C2E7-4D4E-912B-A0CC087CC3B6}"/>
+    <hyperlink ref="I74" r:id="rId125" xr:uid="{4E38AEA5-3228-4129-A207-80BFD325942C}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId122"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId126"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Verdana"&amp;7&amp;K000000 SŽ: Interní&amp;1#_x000D_</oddHeader>
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId123"/>
+  <legacyDrawing r:id="rId127"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65334bdb-ef60-40ad-ad10-aebc1eeffaa2}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="1" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>