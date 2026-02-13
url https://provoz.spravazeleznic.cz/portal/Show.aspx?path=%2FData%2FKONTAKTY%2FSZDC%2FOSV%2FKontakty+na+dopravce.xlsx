--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{035E9D56-0A9F-474E-BB3F-0D31988B7003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{22AD00A5-781C-4B21-97F3-1E99CF519916}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BC8EB41C-F832-438D-A9F0-FE41F435ACD7}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B87D9376-9BC9-4869-B9EF-DB7150453ECF}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C60" authorId="0" shapeId="0" xr:uid="{FE4935C7-DAA5-4CD7-91E3-9C80134568F8}">
+    <comment ref="C63" authorId="0" shapeId="0" xr:uid="{445EB503-5CEC-4CD3-82EF-E62AAAAB3ACA}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D60" authorId="0" shapeId="0" xr:uid="{797AB83E-5782-4BED-8B8B-A03740A65C40}">
+    <comment ref="D63" authorId="0" shapeId="0" xr:uid="{B22C4374-519B-4561-B8DB-DC7D3F6E28BA}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B69" authorId="1" shapeId="0" xr:uid="{55ED45EB-763A-45D7-B6FD-08B1368A476C}">
+    <comment ref="B72" authorId="1" shapeId="0" xr:uid="{026CCFA9-576B-4F5F-9D67-262C20D3EB7E}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D69" authorId="1" shapeId="0" xr:uid="{DF9B8B40-ECC0-4C11-916A-663DDF610BBF}">
+    <comment ref="D72" authorId="1" shapeId="0" xr:uid="{BFE4F4C2-C136-450A-92A6-149EF30479F4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F69" authorId="1" shapeId="0" xr:uid="{38BC21DD-CF75-4F83-B360-C42D03F4FA5B}">
+    <comment ref="F72" authorId="1" shapeId="0" xr:uid="{629FCBE3-FC20-4A15-BCFB-CA6A1347EE7B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="439">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -261,50 +261,59 @@
   <si>
     <t>Cargo Motion s.r.o.</t>
   </si>
   <si>
     <t>Dispečer Cargo Motion</t>
   </si>
   <si>
     <t>724 382 430</t>
   </si>
   <si>
     <t>dispo@cargom.cz</t>
   </si>
   <si>
     <t>CD CARGO POLAND SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
   </si>
   <si>
     <t>Dyspozytor Zmianowy</t>
   </si>
   <si>
     <t>+48 511 910 481</t>
   </si>
   <si>
     <t>dyspozytura@cdcargo.pl</t>
   </si>
   <si>
+    <t>CER Cargo Traction GmbH</t>
+  </si>
+  <si>
+    <t>Dispečer</t>
+  </si>
+  <si>
+    <t>dispo@wlc-czechia.cz</t>
+  </si>
+  <si>
     <t>CER Slovakia a.s.</t>
   </si>
   <si>
     <t>Službu konající dispečer CERSK v CZ</t>
   </si>
   <si>
     <t>778 001 502</t>
   </si>
   <si>
     <t>dispo@cer-slovakia.eu</t>
   </si>
   <si>
     <t>Oldřich Pěnička</t>
   </si>
   <si>
     <t xml:space="preserve"> 774 365 100</t>
   </si>
   <si>
     <t>oldrich.penicka@cercargo.eu</t>
   </si>
   <si>
     <t>CityRail, a.s.</t>
   </si>
   <si>
     <t>Dispečer CTR</t>
@@ -342,77 +351,95 @@
   <si>
     <t>Martin Běl</t>
   </si>
   <si>
     <t>vedouciprovozu@czdplzen.cz</t>
   </si>
   <si>
     <t>České dráhy, a.s.</t>
   </si>
   <si>
     <t>síťový dispečer 1</t>
   </si>
   <si>
     <t>sitdisp1@gr.cd.cz</t>
   </si>
   <si>
     <t>DB Cargo Czechia s.r.o.</t>
   </si>
   <si>
     <t>Dispečink</t>
   </si>
   <si>
     <t>dispo.dbcargoczechia@deutschebahn.com</t>
   </si>
   <si>
-    <t>Vít Selucký</t>
-[...2 lines deleted...]
-    <t>vit.selucky@deutschebahn.com</t>
+    <t>Jiří Morávek</t>
+  </si>
+  <si>
+    <t>jiri.moravek@deutschebahn.com</t>
   </si>
   <si>
     <t>DBV-ITL, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Hana Pavlíčková Kurková</t>
   </si>
   <si>
     <t>dispo@dbv-itl.cz</t>
   </si>
   <si>
     <t>Ing. Václav Pavlíček</t>
   </si>
   <si>
     <t>Die Länderbahn CZ s.r.o.</t>
   </si>
   <si>
     <t>Dispečer DBL CZ</t>
   </si>
   <si>
     <t>dispo_dlb_cz@laenderbahn.com</t>
   </si>
   <si>
+    <t>DPB Rail Infra Service Czech Republic s.r.o.</t>
+  </si>
+  <si>
+    <t>Pavla Wojnarová</t>
+  </si>
+  <si>
+    <t>pavla.wojnarova@dpb-cz.com</t>
+  </si>
+  <si>
+    <t>Adrian Halay</t>
+  </si>
+  <si>
+    <t>+421 905 626 205</t>
+  </si>
+  <si>
+    <t>adrian.halay@dpb-sk.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">E-Railconstruct s.r.o. </t>
   </si>
   <si>
     <t>Jiří Kovařík</t>
   </si>
   <si>
     <t>kov.erail@seznam.cz</t>
   </si>
   <si>
     <t>Bc. Lukáš Procházka</t>
   </si>
   <si>
     <t>prochazka@e-railconstruct.cz</t>
   </si>
   <si>
     <t>Elektrizace železnic Praha a.s.</t>
   </si>
   <si>
     <t>Lukáš Matucha</t>
   </si>
   <si>
     <t>lukas.matucha@elzel.cz</t>
   </si>
   <si>
     <t>Tomáš Matucha</t>
@@ -444,50 +471,62 @@
   <si>
     <t>dispo@etts.cz</t>
   </si>
   <si>
     <t>Karek Perner</t>
   </si>
   <si>
     <t>perner@etts.cz</t>
   </si>
   <si>
     <t>EUROVIA CZ a.s.</t>
   </si>
   <si>
     <t>Jan Modráček</t>
   </si>
   <si>
     <t>jan.modracek@vinci-construction.com</t>
   </si>
   <si>
     <t>Vít Motyčka</t>
   </si>
   <si>
     <t>vit.motycka@vinci-construction.com</t>
   </si>
   <si>
+    <t>FALCON RAIL CZ s.r.o.</t>
+  </si>
+  <si>
+    <t>Norbert Mokry</t>
+  </si>
+  <si>
+    <t>+421 917 428 158</t>
+  </si>
+  <si>
+    <t>mokry@falcon-rail.eu</t>
+  </si>
+  <si>
     <t>FIRESTA-Fišer, rekonstrukce, stavby a.s.</t>
   </si>
   <si>
     <t>Ing. Tomáš Živný</t>
   </si>
   <si>
     <t>zivny@firesta.cz</t>
   </si>
   <si>
     <t>Gepard Express, SE</t>
   </si>
   <si>
     <t>Dispečink GE</t>
   </si>
   <si>
     <t>vlaky@gepard.com</t>
   </si>
   <si>
     <t>Tereza Hlíněná</t>
   </si>
   <si>
     <t>hlinena@gepard.com</t>
   </si>
   <si>
     <t>Gerhát Train s.r.o.</t>
@@ -720,54 +759,54 @@
   <si>
     <t>Dispečer - vlak</t>
   </si>
   <si>
     <t>dispecer@le.cz</t>
   </si>
   <si>
     <t>Leo Express Global a.s.</t>
   </si>
   <si>
     <t>Leo Express Tenders s.r.o.</t>
   </si>
   <si>
     <t>Lokálka Group, spolek</t>
   </si>
   <si>
     <t>Ing. Jiří Svoboda</t>
   </si>
   <si>
     <t>lg-svoboda@seznam.cz</t>
   </si>
   <si>
     <t xml:space="preserve">LOKO TRANS s.r.o. </t>
   </si>
   <si>
-    <t>Procházka Jiří</t>
-[...2 lines deleted...]
-    <t>prochazka.jiri@lokotrans.cz</t>
+    <t>Ing. Lukáš Sázel</t>
+  </si>
+  <si>
+    <t>dispo@lokotrans.cz</t>
   </si>
   <si>
     <t>LOKORAIL, a.s.</t>
   </si>
   <si>
     <t>Dispečér vlakovej dopravy</t>
   </si>
   <si>
     <t>+ 421 918 993 222</t>
   </si>
   <si>
     <t>dispo@lokorail.sk</t>
   </si>
   <si>
     <t>Ing. David Kostelník</t>
   </si>
   <si>
     <t xml:space="preserve">             724 577 752</t>
   </si>
   <si>
     <t>kostelnik@lokorail.sk</t>
   </si>
   <si>
     <t>LokoTrain s.r.o.</t>
   </si>
@@ -981,62 +1020,50 @@
     <t>+421 907 701 992</t>
   </si>
   <si>
     <t>dispecer@psz.sk</t>
   </si>
   <si>
     <t>PRZEDSIEBIORSTWO USŁUG KOLEJOWYCH KOLPREM SPÓŁKA Z OGRANICZONA ODPOWIEDZIALNOSCIA</t>
   </si>
   <si>
     <t>Jan Tvrdý</t>
   </si>
   <si>
     <t>737 236 986</t>
   </si>
   <si>
     <t>obchod@zxbenet.cz</t>
   </si>
   <si>
     <t>Lenka Zwyrtkova@zxbenet.cz</t>
   </si>
   <si>
     <t>774 441 975</t>
   </si>
   <si>
     <t>zwyrtkova@zxbenet.cz</t>
-  </si>
-[...10 lines deleted...]
-    <t>mokry.norbert@falcon-rail.eu</t>
   </si>
   <si>
     <t>Puš s.r.o.</t>
   </si>
   <si>
     <t>Ing. Milan Puš</t>
   </si>
   <si>
     <t>603 454 355</t>
   </si>
   <si>
     <t>499 622 613</t>
   </si>
   <si>
     <t>milanpus@mkinet.cz</t>
   </si>
   <si>
     <t>Ing. Jana Kolářová</t>
   </si>
   <si>
     <t>604 780 781</t>
   </si>
   <si>
     <t>provoz.pus@mkinet.cz</t>
   </si>
@@ -1060,54 +1087,54 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">       </t>
     </r>
   </si>
   <si>
     <t>dispo@qalqam.com</t>
   </si>
   <si>
     <t>Rail Cargo Carrier - Czech Republic s.r.o.</t>
   </si>
   <si>
     <t>Dispečer RCC CZ</t>
   </si>
   <si>
     <t xml:space="preserve">dispatcher.prag@railcargo.com </t>
   </si>
   <si>
     <t>Rail system s.r.o.</t>
   </si>
   <si>
-    <t>Robert Kropáček</t>
-[...2 lines deleted...]
-    <t>r.kropacek@railsystem.cz</t>
+    <t>Ondřej Havelka</t>
+  </si>
+  <si>
+    <t>o.havelka@railsystem.cz</t>
   </si>
   <si>
     <t>RailLog s.r.o.</t>
   </si>
   <si>
     <t>Dispečing RailLog s.r.o.</t>
   </si>
   <si>
     <t>+421 918 900 330</t>
   </si>
   <si>
     <t>dispo@raillog.sk</t>
   </si>
   <si>
     <t>Railtrans International, a.s.</t>
   </si>
   <si>
     <t>Dispečer RTI</t>
   </si>
   <si>
     <t>+421 907 792 533</t>
   </si>
   <si>
     <t>dispecing@railtrans.eu</t>
   </si>
@@ -1255,77 +1282,80 @@
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
   </si>
   <si>
     <t>Ing. Jan Popelka</t>
   </si>
   <si>
     <t>(v případě MU)</t>
   </si>
   <si>
     <t>jan.popelka2@skanska.cz</t>
   </si>
   <si>
     <t>Slezské zemské dráhy, o.p.s.</t>
   </si>
   <si>
-    <t>Dispečer</t>
-[...1 lines deleted...]
-  <si>
     <t>Marek Neděla</t>
   </si>
   <si>
     <t>provoz@osoblazsko.com</t>
   </si>
   <si>
     <t>SLEZSKOMORAVSKÁ DRÁHA a.s.</t>
   </si>
   <si>
     <t>Ing. Martin Uherek</t>
   </si>
   <si>
     <t>uherekmartin@slezskomoravskadraha.cz</t>
   </si>
   <si>
     <t>Petr Majola</t>
   </si>
   <si>
     <t>smdmp@cmail.cz</t>
   </si>
   <si>
     <t>SOFISTIK SERVIS s.r.o.</t>
   </si>
   <si>
+    <t>Petr Hruška</t>
+  </si>
+  <si>
+    <t>provoz@sofistikservis.cz</t>
+  </si>
+  <si>
     <t>Libor Juřina</t>
   </si>
   <si>
     <t>jurina@sofistikservis.cz</t>
   </si>
   <si>
     <t>Správa Ústecké dráhy s.r.o.</t>
   </si>
   <si>
     <t>Ing. Jiří Linhart</t>
   </si>
   <si>
     <t>linhart@usteckadraha.cz</t>
   </si>
   <si>
     <t>Lukáš Pražský</t>
   </si>
   <si>
     <t>prazsky@usteckadraha.cz</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>STRABAG Rail a.s.</t>
@@ -1472,171 +1502,161 @@
     <t>Bc. Jiří Waicenbauer</t>
   </si>
   <si>
     <t>jiri.waicenbauer@viamont.cz</t>
   </si>
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
   <si>
     <t>j.bouska@vychodoceskadraha.cz</t>
   </si>
   <si>
     <t>kadr.dispo@vychodoceskadraha.cz</t>
-  </si>
-[...4 lines deleted...]
-    <t>dispo@wlc-czechia.cz</t>
   </si>
   <si>
     <t>Zubačka provoz s.r.o.</t>
   </si>
   <si>
     <t>Ing. Petr Prokeš</t>
   </si>
   <si>
     <t>prokes@zubacka.cz</t>
   </si>
   <si>
     <t>Zug agency s.r.o.</t>
   </si>
   <si>
     <t>Miroslav Bezouška</t>
   </si>
   <si>
     <t>776 103 540</t>
   </si>
   <si>
     <t>dispo@zugagency.cz</t>
   </si>
   <si>
     <t>Ing. Martin Horváth</t>
   </si>
   <si>
     <t>+421 917 756 085</t>
   </si>
   <si>
     <t>horvath@zugagency.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Arial"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1746,181 +1766,182 @@
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -2185,59 +2206,60 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.kropacek@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka.jiri@lokotrans.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.selucky@deutschebahn.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry.norbert@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.halay@dpb-sk.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavla.wojnarova@dpb-cz.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.moravek@deutschebahn.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2C91A32-02DB-4431-8E61-2B1BE63E560D}">
-  <dimension ref="A1:L122"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DB4C420-E1D8-4CAD-A946-B0755C975C0B}">
+  <dimension ref="A1:L123"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection sqref="A1:M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="64.7109375" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
     <col min="257" max="257" width="64.7109375" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
@@ -3067,2504 +3089,2537 @@
       <c r="A8" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="12" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="11"/>
       <c r="G8" s="16"/>
       <c r="H8" s="18"/>
       <c r="I8" s="11"/>
     </row>
     <row r="9" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C9" s="10">
+        <v>605880066</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D9" s="16"/>
-[...12 lines deleted...]
-      </c>
+      <c r="F9" s="11"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="11"/>
     </row>
     <row r="10" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="16"/>
+      <c r="E10" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="9" t="s">
+      <c r="G10" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="10">
-[...3 lines deleted...]
-      <c r="E10" s="12" t="s">
+      <c r="H10" s="16"/>
+      <c r="I10" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="F10" s="11"/>
-[...2 lines deleted...]
-      <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="10">
-        <v>702151221</v>
+        <v>605880066</v>
       </c>
       <c r="D11" s="10"/>
       <c r="E11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="11"/>
-      <c r="G11" s="11"/>
+      <c r="G11" s="10"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
     </row>
     <row r="12" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="10">
-        <v>972325980</v>
-[...2 lines deleted...]
-      <c r="E12" s="11" t="s">
+        <v>702151221</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="11"/>
     </row>
     <row r="13" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="19" t="s">
+      <c r="A13" s="11" t="s">
         <v>41</v>
       </c>
-      <c r="B13" s="20" t="s">
+      <c r="B13" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="10">
+        <v>972325980</v>
+      </c>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="11"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="11"/>
+    </row>
+    <row r="14" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="10">
         <v>602486558</v>
       </c>
-      <c r="D13" s="10"/>
-[...6 lines deleted...]
-      <c r="G13" s="10">
+      <c r="D14" s="10"/>
+      <c r="E14" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="10">
         <v>732551970</v>
       </c>
-      <c r="H13" s="11"/>
-[...17 lines deleted...]
-      <c r="E14" s="12" t="s">
+      <c r="H14" s="11"/>
+      <c r="I14" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="F14" s="11"/>
-[...2 lines deleted...]
-      <c r="I14" s="11"/>
     </row>
     <row r="15" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="9" t="s">
+      <c r="A15" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="10">
-        <v>702222805</v>
-[...1 lines deleted...]
-      <c r="D15" s="10"/>
+        <v>606793647</v>
+      </c>
+      <c r="D15" s="10">
+        <v>972232604</v>
+      </c>
       <c r="E15" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="F15" s="9" t="s">
+      <c r="F15" s="11"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+    </row>
+    <row r="16" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="G15" s="10">
-[...3 lines deleted...]
-      <c r="I15" s="12" t="s">
+      <c r="B16" s="11" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="11" t="s">
+      <c r="C16" s="10">
+        <v>702222805</v>
+      </c>
+      <c r="D16" s="10"/>
+      <c r="E16" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="B16" s="11" t="s">
+      <c r="F16" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="C16" s="10">
-[...8 lines deleted...]
-      </c>
       <c r="G16" s="10">
-        <v>724088186</v>
-[...2 lines deleted...]
-      <c r="I16" s="13" t="s">
+        <v>793918365</v>
+      </c>
+      <c r="H16" s="10"/>
+      <c r="I16" s="12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="B17" s="9" t="s">
+      <c r="C17" s="10">
+        <v>723179220</v>
+      </c>
+      <c r="D17" s="11"/>
+      <c r="E17" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="10">
-[...5 lines deleted...]
-      <c r="E17" s="12" t="s">
+      <c r="F17" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="F17" s="11"/>
-      <c r="G17" s="11"/>
+      <c r="G17" s="10">
+        <v>724088186</v>
+      </c>
       <c r="H17" s="11"/>
-      <c r="I17" s="11"/>
+      <c r="I17" s="13" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="18" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="9" t="s">
+      <c r="A18" s="11" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="10">
-        <v>776747770</v>
-[...1 lines deleted...]
-      <c r="D18" s="11"/>
+        <v>777461541</v>
+      </c>
+      <c r="D18" s="10">
+        <v>478479220</v>
+      </c>
       <c r="E18" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="F18" s="11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F18" s="11"/>
+      <c r="G18" s="11"/>
       <c r="H18" s="11"/>
-      <c r="I18" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="11"/>
     </row>
     <row r="19" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="10">
+        <v>799015399</v>
+      </c>
+      <c r="D19" s="10"/>
+      <c r="E19" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B19" s="9" t="s">
+      <c r="F19" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C19" s="10">
-[...5 lines deleted...]
-      <c r="E19" s="12" t="s">
+      <c r="G19" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="F19" s="11" t="s">
+      <c r="H19" s="11"/>
+      <c r="I19" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="G19" s="21">
-[...5 lines deleted...]
-      <c r="I19" s="11" t="s">
+    </row>
+    <row r="20" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="9" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="11" t="s">
+      <c r="B20" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="B20" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="10">
-        <v>739481038</v>
+        <v>776747770</v>
       </c>
       <c r="D20" s="11"/>
       <c r="E20" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="F20" s="11" t="s">
+      <c r="G20" s="10">
+        <v>736757987</v>
+      </c>
+      <c r="H20" s="11"/>
+      <c r="I20" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="G20" s="10">
-[...3 lines deleted...]
-      <c r="I20" s="12" t="s">
+    </row>
+    <row r="21" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="9" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="B21" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="B21" s="9" t="s">
+      <c r="C21" s="10">
+        <v>702150733</v>
+      </c>
+      <c r="D21" s="10">
+        <v>296500282</v>
+      </c>
+      <c r="E21" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="C21" s="10">
-[...3 lines deleted...]
-      <c r="E21" s="12" t="s">
+      <c r="F21" s="11" t="s">
         <v>78</v>
       </c>
-      <c r="F21" s="9" t="s">
+      <c r="G21" s="21">
+        <v>602596609</v>
+      </c>
+      <c r="H21" s="10">
+        <v>296500552</v>
+      </c>
+      <c r="I21" s="11" t="s">
         <v>79</v>
-      </c>
-[...5 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="B22" s="11" t="s">
+      <c r="C22" s="10">
+        <v>739481038</v>
+      </c>
+      <c r="D22" s="11"/>
+      <c r="E22" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="C22" s="10">
-[...3 lines deleted...]
-      <c r="E22" s="13" t="s">
+      <c r="F22" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="F22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="10">
-        <v>732694557</v>
+        <v>602288814</v>
       </c>
       <c r="H22" s="11"/>
       <c r="I22" s="12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="11" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="B23" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="9" t="s">
+      <c r="C23" s="10">
+        <v>739237535</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="C23" s="10">
+      <c r="F23" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="10">
+        <v>731859025</v>
+      </c>
+      <c r="H23" s="11"/>
+      <c r="I23" s="12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="10">
+        <v>731122694</v>
+      </c>
+      <c r="D24" s="10"/>
+      <c r="E24" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" s="10">
+        <v>732694557</v>
+      </c>
+      <c r="H24" s="11"/>
+      <c r="I24" s="12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="23"/>
+      <c r="E25" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="25"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="12"/>
+    </row>
+    <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="10">
         <v>602741181</v>
       </c>
-      <c r="D23" s="11"/>
-[...75 lines deleted...]
-      </c>
+      <c r="D26" s="11"/>
+      <c r="E26" s="28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="25"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="12"/>
     </row>
     <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="9" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-      <c r="D27" s="11"/>
+        <v>102</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" s="26">
+        <v>702092324</v>
+      </c>
+      <c r="D27" s="27"/>
       <c r="E27" s="12" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-      <c r="H27" s="11"/>
+        <v>104</v>
+      </c>
+      <c r="F27" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G27" s="26">
+        <v>735874449</v>
+      </c>
+      <c r="H27" s="27"/>
       <c r="I27" s="12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
-        <v>105</v>
-[...9 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="26">
+        <v>604537231</v>
+      </c>
+      <c r="D28" s="27"/>
       <c r="E28" s="12" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="G28" s="10">
+        <v>109</v>
+      </c>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="11"/>
+    </row>
+    <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C29" s="26">
+        <v>735150999</v>
+      </c>
+      <c r="D29" s="27"/>
+      <c r="E29" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="G29" s="26">
+        <v>735150999</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C30" s="10">
         <v>734640824</v>
       </c>
-      <c r="H28" s="10">
-[...35 lines deleted...]
-      <c r="D30" s="10"/>
+      <c r="D30" s="11"/>
       <c r="E30" s="12" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="G30" s="10"/>
+        <v>115</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" s="10">
+        <v>793941741</v>
+      </c>
       <c r="H30" s="11"/>
-      <c r="I30" s="12"/>
+      <c r="I30" s="12" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="11" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>118</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>119</v>
       </c>
       <c r="C31" s="10">
-        <v>601372636</v>
-[...1 lines deleted...]
-      <c r="D31" s="10"/>
+        <v>733785017</v>
+      </c>
+      <c r="D31" s="10">
+        <v>389009257</v>
+      </c>
       <c r="E31" s="12" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="I31" s="11"/>
+        <v>120</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G31" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H31" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I31" s="12" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C32" s="10">
-        <v>737634614</v>
+        <v>602413669</v>
       </c>
       <c r="D32" s="10"/>
       <c r="E32" s="12" t="s">
-        <v>120</v>
-[...10 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="F32" s="11"/>
+      <c r="G32" s="10"/>
+      <c r="H32" s="11"/>
+      <c r="I32" s="12"/>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="9" t="s">
-        <v>123</v>
+      <c r="A33" s="11" t="s">
+        <v>125</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C33" s="10">
-        <v>720862719</v>
-[...1 lines deleted...]
-      <c r="D33" s="11"/>
+        <v>702169442</v>
+      </c>
+      <c r="D33" s="10"/>
       <c r="E33" s="12" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="11"/>
+      <c r="G33" s="10"/>
       <c r="H33" s="11"/>
-      <c r="I33" s="11"/>
+      <c r="I33" s="12"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="9" t="s">
-        <v>126</v>
+      <c r="A34" s="11" t="s">
+        <v>128</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>774922259</v>
+        <v>129</v>
+      </c>
+      <c r="C34" s="10">
+        <v>601372636</v>
       </c>
       <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="10"/>
+      <c r="G34" s="11"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="27"/>
+      <c r="I34" s="11"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>132</v>
       </c>
       <c r="C35" s="10">
-        <v>724028968</v>
-[...1 lines deleted...]
-      <c r="D35" s="11"/>
+        <v>737634614</v>
+      </c>
+      <c r="D35" s="10"/>
       <c r="E35" s="12" t="s">
-        <v>131</v>
-[...4 lines deleted...]
-      <c r="I35" s="11"/>
+        <v>133</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="10">
+        <v>605001534</v>
+      </c>
+      <c r="H35" s="10"/>
+      <c r="I35" s="12" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="11" t="s">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="A36" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>137</v>
       </c>
       <c r="C36" s="10">
-        <v>725933605</v>
+        <v>720862719</v>
       </c>
       <c r="D36" s="11"/>
       <c r="E36" s="12" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="11" t="s">
-        <v>134</v>
+      <c r="A37" s="9" t="s">
+        <v>139</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>135</v>
-[...6 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="C37" s="29">
+        <v>774922259</v>
+      </c>
+      <c r="D37" s="10"/>
       <c r="E37" s="12" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F37" s="11"/>
-      <c r="G37" s="11"/>
+      <c r="G37" s="10"/>
       <c r="H37" s="11"/>
-      <c r="I37" s="11"/>
+      <c r="I37" s="30"/>
     </row>
     <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="9" t="s">
-        <v>136</v>
+      <c r="A38" s="11" t="s">
+        <v>142</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="D38" s="21"/>
+        <v>143</v>
+      </c>
+      <c r="C38" s="10">
+        <v>724028968</v>
+      </c>
+      <c r="D38" s="11"/>
       <c r="E38" s="12" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
     </row>
     <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="28" t="s">
-[...6 lines deleted...]
-        <v>141</v>
+      <c r="A39" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C39" s="10">
+        <v>725933605</v>
       </c>
       <c r="D39" s="11"/>
       <c r="E39" s="12" t="s">
-        <v>142</v>
-[...10 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="F39" s="11"/>
+      <c r="G39" s="11"/>
+      <c r="H39" s="11"/>
+      <c r="I39" s="11"/>
     </row>
     <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="29" t="s">
-        <v>145</v>
+      <c r="A40" s="11" t="s">
+        <v>147</v>
       </c>
       <c r="B40" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C40" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D40" s="10">
+        <v>725933605</v>
+      </c>
+      <c r="E40" s="12" t="s">
         <v>146</v>
       </c>
-      <c r="C40" s="17" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="12"/>
+      <c r="F40" s="11"/>
+      <c r="G40" s="11"/>
+      <c r="H40" s="11"/>
+      <c r="I40" s="11"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="31" t="s">
+      <c r="A41" s="9" t="s">
         <v>149</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="C41" s="17" t="s">
+      <c r="C41" s="31">
+        <v>777491367</v>
+      </c>
+      <c r="D41" s="31"/>
+      <c r="E41" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="D41" s="17" t="s">
+      <c r="F41" s="11"/>
+      <c r="G41" s="11"/>
+      <c r="H41" s="11"/>
+      <c r="I41" s="11"/>
+    </row>
+    <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="32" t="s">
         <v>152</v>
       </c>
-      <c r="E41" s="12" t="s">
+      <c r="B42" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="9"/>
-[...5 lines deleted...]
-      <c r="A42" s="11" t="s">
+      <c r="C42" s="17" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>727844219</v>
       </c>
       <c r="D42" s="11"/>
       <c r="E42" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="F42" s="9" t="s">
         <v>156</v>
       </c>
-      <c r="F42" s="11" t="s">
+      <c r="G42" s="17" t="s">
         <v>157</v>
       </c>
-      <c r="G42" s="10">
-[...2 lines deleted...]
-      <c r="H42" s="9" t="s">
+      <c r="H42" s="17"/>
+      <c r="I42" s="12" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="33" t="s">
         <v>158</v>
       </c>
-      <c r="I42" s="11" t="s">
+      <c r="B43" s="9" t="s">
         <v>159</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="11" t="s">
+      <c r="C43" s="17" t="s">
         <v>160</v>
       </c>
-      <c r="B43" s="11" t="s">
+      <c r="D43" s="11"/>
+      <c r="E43" s="34" t="s">
         <v>161</v>
       </c>
-      <c r="C43" s="10">
-[...3 lines deleted...]
-      <c r="E43" s="11" t="s">
+      <c r="F43" s="9"/>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17"/>
+      <c r="I43" s="12"/>
+    </row>
+    <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="35" t="s">
         <v>162</v>
       </c>
-      <c r="F43" s="11"/>
-[...5 lines deleted...]
-      <c r="A44" s="11" t="s">
+      <c r="B44" s="9" t="s">
         <v>163</v>
       </c>
-      <c r="B44" s="9" t="s">
+      <c r="C44" s="17" t="s">
         <v>164</v>
       </c>
-      <c r="C44" s="10">
-[...2 lines deleted...]
-      <c r="D44" s="11"/>
+      <c r="D44" s="17" t="s">
+        <v>165</v>
+      </c>
       <c r="E44" s="12" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      <c r="H44" s="11"/>
+        <v>166</v>
+      </c>
+      <c r="F44" s="9"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="B45" s="11" t="s">
         <v>167</v>
       </c>
+      <c r="B45" s="9" t="s">
+        <v>168</v>
+      </c>
       <c r="C45" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D45" s="10"/>
+        <v>727844219</v>
+      </c>
+      <c r="D45" s="11"/>
       <c r="E45" s="12" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="I45" s="12"/>
+        <v>169</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="G45" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="I45" s="11" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="11" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>173</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>174</v>
       </c>
       <c r="C46" s="10">
-        <v>777490011</v>
-[...1 lines deleted...]
-      <c r="D46" s="10"/>
+        <v>603729639</v>
+      </c>
+      <c r="D46" s="11"/>
       <c r="E46" s="11" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F46" s="11"/>
-      <c r="G46" s="10"/>
-      <c r="H46" s="10"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
       <c r="I46" s="11"/>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="9" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="A47" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>177</v>
       </c>
       <c r="C47" s="10">
-        <v>777490011</v>
-[...3 lines deleted...]
-        <v>171</v>
+        <v>603865027</v>
+      </c>
+      <c r="D47" s="11"/>
+      <c r="E47" s="12" t="s">
+        <v>178</v>
       </c>
       <c r="F47" s="11"/>
       <c r="G47" s="10"/>
       <c r="H47" s="11"/>
-      <c r="I47" s="11"/>
+      <c r="I47" s="12"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="9" t="s">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="A48" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>180</v>
       </c>
       <c r="C48" s="10">
+        <v>735177500</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" s="9"/>
+      <c r="G48" s="10"/>
+      <c r="H48" s="10"/>
+      <c r="I48" s="12"/>
+    </row>
+    <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C49" s="10">
         <v>777490011</v>
       </c>
-      <c r="D48" s="10"/>
-[...20 lines deleted...]
-        <v>176</v>
+      <c r="D49" s="10"/>
+      <c r="E49" s="11" t="s">
+        <v>184</v>
       </c>
       <c r="F49" s="11"/>
-      <c r="G49" s="11"/>
-      <c r="H49" s="11"/>
+      <c r="G49" s="10"/>
+      <c r="H49" s="10"/>
       <c r="I49" s="11"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="11" t="s">
-[...3 lines deleted...]
-        <v>178</v>
+      <c r="A50" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>183</v>
       </c>
       <c r="C50" s="10">
-        <v>732956099</v>
-[...5 lines deleted...]
-      <c r="F50" s="9"/>
+        <v>777490011</v>
+      </c>
+      <c r="D50" s="10"/>
+      <c r="E50" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="F50" s="11"/>
       <c r="G50" s="10"/>
       <c r="H50" s="11"/>
       <c r="I50" s="11"/>
     </row>
     <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="9" t="s">
-        <v>180</v>
-[...7 lines deleted...]
-      <c r="D51" s="11"/>
+        <v>186</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C51" s="10">
+        <v>777490011</v>
+      </c>
+      <c r="D51" s="10"/>
       <c r="E51" s="11" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="F51" s="9" t="s">
         <v>184</v>
       </c>
-      <c r="G51" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F51" s="11"/>
+      <c r="G51" s="10"/>
       <c r="H51" s="11"/>
-      <c r="I51" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="11"/>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="11" t="s">
+      <c r="A52" s="9" t="s">
         <v>187</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="C52" s="10">
-        <v>606091021</v>
+        <v>604750035</v>
       </c>
       <c r="D52" s="11"/>
-      <c r="E52" s="11" t="s">
-        <v>188</v>
+      <c r="E52" s="12" t="s">
+        <v>189</v>
       </c>
       <c r="F52" s="11"/>
-      <c r="G52" s="10"/>
+      <c r="G52" s="11"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="11" t="s">
-        <v>189</v>
+      <c r="A53" s="9" t="s">
+        <v>190</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C53" s="10">
-        <v>775360552</v>
+        <v>777750299</v>
       </c>
       <c r="D53" s="11"/>
-      <c r="E53" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="11"/>
+      <c r="E53" s="12" t="s">
+        <v>192</v>
+      </c>
+      <c r="F53" s="9"/>
       <c r="G53" s="10"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
     </row>
     <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="11" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="A54" s="9" t="s">
         <v>193</v>
       </c>
-      <c r="C54" s="10">
-[...2 lines deleted...]
-      <c r="D54" s="17" t="s">
+      <c r="B54" s="11" t="s">
         <v>194</v>
       </c>
-      <c r="E54" s="12" t="s">
+      <c r="C54" s="36" t="s">
         <v>195</v>
       </c>
-      <c r="F54" s="11"/>
-[...2 lines deleted...]
-      <c r="I54" s="12"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="G54" s="36" t="s">
+        <v>198</v>
+      </c>
+      <c r="H54" s="11"/>
+      <c r="I54" s="12" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="9" t="s">
-[...12 lines deleted...]
-        <v>198</v>
+      <c r="A55" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C55" s="10">
+        <v>606091021</v>
+      </c>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11" t="s">
+        <v>201</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="32"/>
-[...1 lines deleted...]
-      <c r="I55" s="12"/>
+      <c r="G55" s="10"/>
+      <c r="H55" s="11"/>
+      <c r="I55" s="11"/>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C56" s="10">
-        <v>731415372</v>
+        <v>775360552</v>
       </c>
       <c r="D56" s="11"/>
-      <c r="E56" s="12" t="s">
-        <v>201</v>
+      <c r="E56" s="11" t="s">
+        <v>204</v>
       </c>
       <c r="F56" s="11"/>
-      <c r="G56" s="11"/>
+      <c r="G56" s="10"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
     </row>
     <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="11" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B57" s="9" t="s">
-        <v>50</v>
+        <v>206</v>
       </c>
       <c r="C57" s="10">
-        <v>731676301</v>
-[...1 lines deleted...]
-      <c r="D57" s="10"/>
+        <v>775567311</v>
+      </c>
+      <c r="D57" s="17" t="s">
+        <v>207</v>
+      </c>
       <c r="E57" s="12" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="10"/>
+      <c r="G57" s="36"/>
       <c r="H57" s="10"/>
       <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="9" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B58" s="9" t="s">
-        <v>205</v>
-[...4 lines deleted...]
-      <c r="D58" s="10"/>
+        <v>210</v>
+      </c>
+      <c r="C58" s="37">
+        <v>775567311</v>
+      </c>
+      <c r="D58" s="17" t="s">
+        <v>207</v>
+      </c>
       <c r="E58" s="12" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="11"/>
-[...1 lines deleted...]
-      <c r="I58" s="11"/>
+      <c r="G58" s="36"/>
+      <c r="H58" s="10"/>
+      <c r="I58" s="12"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="11" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>212</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>213</v>
       </c>
       <c r="C59" s="10">
-        <v>606730273</v>
+        <v>731415372</v>
       </c>
       <c r="D59" s="11"/>
       <c r="E59" s="12" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="F59" s="11"/>
-      <c r="G59" s="10"/>
+      <c r="G59" s="11"/>
       <c r="H59" s="11"/>
       <c r="I59" s="11"/>
     </row>
     <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="11" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>210</v>
+        <v>53</v>
       </c>
       <c r="C60" s="10">
-        <v>736609903</v>
+        <v>731676301</v>
       </c>
       <c r="D60" s="10"/>
       <c r="E60" s="12" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="I60" s="9"/>
+        <v>216</v>
+      </c>
+      <c r="F60" s="11"/>
+      <c r="G60" s="10"/>
+      <c r="H60" s="10"/>
+      <c r="I60" s="38"/>
     </row>
     <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>218</v>
+      </c>
+      <c r="C61" s="10">
+        <v>731676301</v>
       </c>
       <c r="D61" s="10"/>
       <c r="E61" s="12" t="s">
-        <v>215</v>
-[...4 lines deleted...]
-      <c r="I61" s="9"/>
+        <v>216</v>
+      </c>
+      <c r="F61" s="11"/>
+      <c r="G61" s="11"/>
+      <c r="H61" s="11"/>
+      <c r="I61" s="11"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="9" t="s">
-        <v>216</v>
+      <c r="A62" s="11" t="s">
+        <v>219</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="C62" s="10">
-        <v>733712954</v>
-[...1 lines deleted...]
-      <c r="D62" s="10"/>
+        <v>606730273</v>
+      </c>
+      <c r="D62" s="11"/>
       <c r="E62" s="12" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F62" s="11"/>
-      <c r="G62" s="11"/>
+      <c r="G62" s="10"/>
       <c r="H62" s="11"/>
       <c r="I62" s="11"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B63" s="9" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C63" s="10">
-        <v>731451532</v>
-[...3 lines deleted...]
-      </c>
+        <v>736609903</v>
+      </c>
+      <c r="D63" s="10"/>
       <c r="E63" s="12" t="s">
-        <v>220</v>
-[...12 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="F63" s="9"/>
+      <c r="G63" s="39"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="9" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>601502564</v>
+        <v>226</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>227</v>
       </c>
       <c r="D64" s="10"/>
       <c r="E64" s="12" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F64" s="9"/>
-      <c r="G64" s="10"/>
-[...1 lines deleted...]
-      <c r="I64" s="12"/>
+      <c r="G64" s="39"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
     </row>
     <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="9" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>227</v>
+        <v>53</v>
       </c>
       <c r="C65" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D65" s="11"/>
+        <v>733712954</v>
+      </c>
+      <c r="D65" s="10"/>
       <c r="E65" s="12" t="s">
-        <v>228</v>
-[...4 lines deleted...]
-      <c r="G65" s="10"/>
+        <v>230</v>
+      </c>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B66" s="9" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C66" s="10">
-        <v>731208060</v>
-[...1 lines deleted...]
-      <c r="D66" s="10"/>
+        <v>731451532</v>
+      </c>
+      <c r="D66" s="10">
+        <v>476164141</v>
+      </c>
       <c r="E66" s="12" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-      <c r="I66" s="11"/>
+        <v>233</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="G66" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H66" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I66" s="12" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="11" t="s">
-        <v>233</v>
+      <c r="A67" s="9" t="s">
+        <v>236</v>
       </c>
       <c r="B67" s="9" t="s">
-        <v>234</v>
-[...11 lines deleted...]
-      <c r="I67" s="25"/>
+        <v>237</v>
+      </c>
+      <c r="C67" s="10">
+        <v>601502564</v>
+      </c>
+      <c r="D67" s="10"/>
+      <c r="E67" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="F67" s="9"/>
+      <c r="G67" s="10"/>
+      <c r="H67" s="10"/>
+      <c r="I67" s="12"/>
     </row>
     <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="9" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>237</v>
-[...11 lines deleted...]
-      <c r="I68" s="35"/>
+        <v>240</v>
+      </c>
+      <c r="C68" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D68" s="11"/>
+      <c r="E68" s="12" t="s">
+        <v>241</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="G68" s="10"/>
+      <c r="H68" s="11"/>
+      <c r="I68" s="11"/>
     </row>
     <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="14" t="s">
-[...5 lines deleted...]
-      <c r="C69" s="24">
+      <c r="A69" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="B69" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="C69" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D69" s="10"/>
+      <c r="E69" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="F69" s="9"/>
+      <c r="G69" s="10"/>
+      <c r="H69" s="11"/>
+      <c r="I69" s="11"/>
+    </row>
+    <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="B70" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="C70" s="26">
+        <v>774692738</v>
+      </c>
+      <c r="D70" s="26"/>
+      <c r="E70" s="40" t="s">
+        <v>248</v>
+      </c>
+      <c r="F70" s="25"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="27"/>
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="B71" s="9" t="s">
+        <v>250</v>
+      </c>
+      <c r="C71" s="41" t="s">
+        <v>251</v>
+      </c>
+      <c r="D71" s="27"/>
+      <c r="E71" s="40" t="s">
+        <v>252</v>
+      </c>
+      <c r="F71" s="25"/>
+      <c r="G71" s="26"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="40"/>
+    </row>
+    <row r="72" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="B72" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="C72" s="26">
         <v>606702714</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D72" s="26">
         <v>596166444</v>
       </c>
-      <c r="E69" s="35" t="s">
-[...5 lines deleted...]
-      <c r="G69" s="24">
+      <c r="E72" s="40" t="s">
+        <v>255</v>
+      </c>
+      <c r="F72" s="25" t="s">
+        <v>256</v>
+      </c>
+      <c r="G72" s="26">
         <v>602133890</v>
       </c>
-      <c r="H69" s="24">
+      <c r="H72" s="26">
         <v>224956633</v>
       </c>
-      <c r="I69" s="35" t="s">
-[...54 lines deleted...]
-      <c r="C72" s="39" t="s">
+      <c r="I72" s="40" t="s">
         <v>257</v>
       </c>
-      <c r="D72" s="40"/>
-      <c r="E72" s="41" t="s">
+    </row>
+    <row r="73" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="F72" s="42" t="s">
+      <c r="B73" s="9" t="s">
         <v>259</v>
       </c>
-      <c r="G72" s="39" t="s">
+      <c r="C73" s="36" t="s">
         <v>260</v>
       </c>
-      <c r="H72" s="32"/>
-      <c r="I72" s="41" t="s">
+      <c r="D73" s="36"/>
+      <c r="E73" s="12" t="s">
         <v>261</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A73" s="20" t="s">
+      <c r="F73" s="9" t="s">
+        <v>259</v>
+      </c>
+      <c r="G73" s="17" t="s">
         <v>262</v>
       </c>
-      <c r="B73" s="42" t="s">
+      <c r="H73" s="36"/>
+      <c r="I73" s="12" t="s">
         <v>263</v>
       </c>
-      <c r="C73" s="17" t="s">
+    </row>
+    <row r="74" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="11" t="s">
         <v>264</v>
       </c>
-      <c r="D73" s="43"/>
-      <c r="E73" s="44" t="s">
+      <c r="B74" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="F73" s="42"/>
-[...5 lines deleted...]
-      <c r="A74" s="20" t="s">
+      <c r="C74" s="17" t="s">
         <v>266</v>
       </c>
-      <c r="B74" s="42" t="s">
+      <c r="D74" s="36"/>
+      <c r="E74" s="12" t="s">
         <v>267</v>
       </c>
-      <c r="C74" s="17" t="s">
+      <c r="F74" s="11"/>
+      <c r="G74" s="36"/>
+      <c r="H74" s="36"/>
+      <c r="I74" s="11"/>
+    </row>
+    <row r="75" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="42" t="s">
         <v>268</v>
       </c>
-      <c r="D74" s="39" t="s">
+      <c r="B75" s="43" t="s">
         <v>269</v>
       </c>
-      <c r="E74" s="45" t="s">
+      <c r="C75" s="44" t="s">
         <v>270</v>
       </c>
-      <c r="F74" s="42" t="s">
+      <c r="D75" s="45"/>
+      <c r="E75" s="46" t="s">
         <v>271</v>
       </c>
-      <c r="G74" s="39" t="s">
+      <c r="F75" s="22" t="s">
         <v>272</v>
       </c>
-      <c r="H74" s="17" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="46" t="s">
+      <c r="G75" s="44" t="s">
         <v>273</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="47" t="s">
+      <c r="H75" s="36"/>
+      <c r="I75" s="46" t="s">
         <v>274</v>
       </c>
-      <c r="B75" s="31" t="s">
+    </row>
+    <row r="76" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="20" t="s">
         <v>275</v>
       </c>
-      <c r="C75" s="10">
+      <c r="B76" s="22" t="s">
+        <v>276</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>277</v>
+      </c>
+      <c r="D76" s="44" t="s">
+        <v>278</v>
+      </c>
+      <c r="E76" s="47" t="s">
+        <v>279</v>
+      </c>
+      <c r="F76" s="22" t="s">
+        <v>280</v>
+      </c>
+      <c r="G76" s="44" t="s">
+        <v>281</v>
+      </c>
+      <c r="H76" s="17" t="s">
+        <v>278</v>
+      </c>
+      <c r="I76" s="48" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="49" t="s">
+        <v>283</v>
+      </c>
+      <c r="B77" s="35" t="s">
+        <v>284</v>
+      </c>
+      <c r="C77" s="10">
         <v>770197969</v>
       </c>
-      <c r="D75" s="11"/>
-[...15 lines deleted...]
-      <c r="C76" s="10">
+      <c r="D77" s="11"/>
+      <c r="E77" s="32" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" s="50"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="36"/>
+      <c r="I77" s="46"/>
+    </row>
+    <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="B78" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="C78" s="10">
         <v>267314243</v>
       </c>
-      <c r="D76" s="10"/>
-[...36 lines deleted...]
-      </c>
       <c r="D78" s="10"/>
-      <c r="E78" s="12" t="s">
-        <v>286</v>
+      <c r="E78" s="11" t="s">
+        <v>288</v>
       </c>
       <c r="F78" s="9"/>
-      <c r="G78" s="49"/>
+      <c r="G78" s="51"/>
       <c r="H78" s="10"/>
-      <c r="I78" s="50"/>
+      <c r="I78" s="52"/>
     </row>
     <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="9" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B79" s="9" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>290</v>
+      </c>
+      <c r="C79" s="10">
+        <v>727820008</v>
       </c>
       <c r="D79" s="10"/>
       <c r="E79" s="12" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="F79" s="9" t="s">
         <v>291</v>
       </c>
-      <c r="G79" s="17" t="s">
+      <c r="F79" s="11"/>
+      <c r="G79" s="11"/>
+      <c r="H79" s="11"/>
+      <c r="I79" s="11"/>
+    </row>
+    <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="53" t="s">
         <v>292</v>
       </c>
-      <c r="H79" s="10"/>
-      <c r="I79" s="12" t="s">
+      <c r="B80" s="9" t="s">
         <v>293</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A80" s="9" t="s">
+      <c r="C80" s="17" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D80" s="10"/>
       <c r="E80" s="12" t="s">
+        <v>295</v>
+      </c>
+      <c r="F80" s="9"/>
+      <c r="G80" s="51"/>
+      <c r="H80" s="10"/>
+      <c r="I80" s="52"/>
+    </row>
+    <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="9" t="s">
+        <v>296</v>
+      </c>
+      <c r="B81" s="9" t="s">
         <v>297</v>
       </c>
-      <c r="F80" s="9" t="s">
+      <c r="C81" s="17" t="s">
         <v>298</v>
       </c>
-      <c r="G80" s="17" t="s">
+      <c r="D81" s="10"/>
+      <c r="E81" s="12" t="s">
         <v>299</v>
       </c>
-      <c r="H80" s="10"/>
-      <c r="I80" s="12" t="s">
+      <c r="F81" s="9" t="s">
         <v>300</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="G81" s="17" t="s">
         <v>301</v>
       </c>
-      <c r="B81" s="11" t="s">
-[...6 lines deleted...]
-      <c r="E81" s="11" t="s">
+      <c r="H81" s="10"/>
+      <c r="I81" s="12" t="s">
         <v>302</v>
       </c>
-      <c r="F81" s="11"/>
-[...2 lines deleted...]
-      <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="11" t="s">
+      <c r="A82" s="9" t="s">
         <v>303</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>304</v>
       </c>
-      <c r="C82" s="10">
-[...2 lines deleted...]
-      <c r="D82" s="11"/>
+      <c r="C82" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="D82" s="10"/>
       <c r="E82" s="12" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>306</v>
-[...4 lines deleted...]
-      <c r="H82" s="11"/>
+        <v>307</v>
+      </c>
+      <c r="G82" s="17" t="s">
+        <v>308</v>
+      </c>
+      <c r="H82" s="10"/>
       <c r="I82" s="12" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="11" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>310</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>39</v>
       </c>
       <c r="C83" s="10">
-        <v>602492281</v>
+        <v>739341656</v>
       </c>
       <c r="D83" s="11"/>
-      <c r="E83" s="13" t="s">
-        <v>310</v>
+      <c r="E83" s="11" t="s">
+        <v>311</v>
       </c>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
     </row>
     <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="11" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B84" s="9" t="s">
-        <v>312</v>
-[...7 lines deleted...]
-      <c r="E84" s="13" t="s">
         <v>313</v>
       </c>
-      <c r="F84" s="11"/>
-      <c r="G84" s="11"/>
+      <c r="C84" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D84" s="11"/>
+      <c r="E84" s="12" t="s">
+        <v>314</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="G84" s="10">
+        <v>602814592</v>
+      </c>
       <c r="H84" s="11"/>
-      <c r="I84" s="11"/>
+      <c r="I84" s="12" t="s">
+        <v>316</v>
+      </c>
     </row>
     <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="11" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B85" s="9" t="s">
-        <v>315</v>
-[...6 lines deleted...]
-        <v>317</v>
+        <v>318</v>
+      </c>
+      <c r="C85" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D85" s="11"/>
+      <c r="E85" s="13" t="s">
+        <v>319</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="11" t="s">
-        <v>318</v>
-[...8 lines deleted...]
-      <c r="E86" s="12" t="s">
         <v>320</v>
+      </c>
+      <c r="B86" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C86" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D86" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E86" s="13" t="s">
+        <v>322</v>
       </c>
       <c r="F86" s="11"/>
       <c r="G86" s="11"/>
       <c r="H86" s="11"/>
       <c r="I86" s="11"/>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>321</v>
-[...4 lines deleted...]
-      <c r="C87" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="D87" s="11"/>
-      <c r="E87" s="11" t="s">
+      <c r="B87" s="9" t="s">
         <v>324</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D87" s="16"/>
+      <c r="E87" s="12" t="s">
+        <v>326</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="14" t="s">
-[...9 lines deleted...]
-      <c r="E88" s="13" t="s">
+      <c r="A88" s="11" t="s">
         <v>327</v>
       </c>
-      <c r="F88" s="9"/>
-[...2 lines deleted...]
-      <c r="I88" s="13"/>
+      <c r="B88" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="C88" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D88" s="11"/>
+      <c r="E88" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="F88" s="11"/>
+      <c r="G88" s="11"/>
+      <c r="H88" s="11"/>
+      <c r="I88" s="11"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>330</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>332</v>
       </c>
       <c r="D89" s="11"/>
-      <c r="E89" s="12" t="s">
-        <v>330</v>
+      <c r="E89" s="11" t="s">
+        <v>333</v>
       </c>
       <c r="F89" s="11"/>
       <c r="G89" s="11"/>
       <c r="H89" s="11"/>
       <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I90" s="11"/>
+      <c r="A90" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="B90" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C90" s="36" t="s">
+        <v>335</v>
+      </c>
+      <c r="D90" s="18"/>
+      <c r="E90" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="F90" s="9"/>
+      <c r="G90" s="36"/>
+      <c r="H90" s="18"/>
+      <c r="I90" s="13"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>337</v>
+      </c>
+      <c r="B91" s="9" t="s">
+        <v>338</v>
       </c>
       <c r="C91" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D91" s="11"/>
-      <c r="E91" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E91" s="12" t="s">
+        <v>339</v>
+      </c>
+      <c r="F91" s="11"/>
+      <c r="G91" s="11"/>
       <c r="H91" s="11"/>
-      <c r="I91" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I91" s="11"/>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="11" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="B92" s="9" t="s">
         <v>340</v>
       </c>
+      <c r="B92" s="11" t="s">
+        <v>341</v>
+      </c>
       <c r="C92" s="10">
-        <v>737257828</v>
-[...5 lines deleted...]
-      <c r="F92" s="11" t="s">
+        <v>724050445</v>
+      </c>
+      <c r="D92" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E92" s="11" t="s">
         <v>342</v>
       </c>
-      <c r="G92" s="10">
-[...2 lines deleted...]
-      <c r="H92" s="52" t="s">
+      <c r="F92" s="11"/>
+      <c r="G92" s="11"/>
+      <c r="H92" s="11"/>
+      <c r="I92" s="11"/>
+    </row>
+    <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="11" t="s">
         <v>343</v>
       </c>
-      <c r="I92" s="12" t="s">
+      <c r="B93" s="11" t="s">
         <v>344</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A93" s="9" t="s">
+      <c r="C93" s="10">
+        <v>724032663</v>
+      </c>
+      <c r="D93" s="11"/>
+      <c r="E93" s="11" t="s">
         <v>345</v>
       </c>
-      <c r="B93" s="9" t="s">
+      <c r="F93" s="11" t="s">
         <v>346</v>
       </c>
-      <c r="C93" s="10">
-[...6 lines deleted...]
-      <c r="F93" s="11" t="s">
+      <c r="G93" s="10">
+        <v>602786694</v>
+      </c>
+      <c r="H93" s="11"/>
+      <c r="I93" s="11" t="s">
         <v>347</v>
-      </c>
-[...5 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
+        <v>348</v>
+      </c>
+      <c r="B94" s="9" t="s">
         <v>349</v>
       </c>
-      <c r="B94" s="9" t="s">
+      <c r="C94" s="10">
+        <v>737257828</v>
+      </c>
+      <c r="D94" s="11"/>
+      <c r="E94" s="12" t="s">
         <v>350</v>
       </c>
-      <c r="C94" s="10">
-[...3 lines deleted...]
-      <c r="E94" s="11" t="s">
+      <c r="F94" s="11" t="s">
         <v>351</v>
       </c>
-      <c r="F94" s="11" t="s">
+      <c r="G94" s="10">
+        <v>737255532</v>
+      </c>
+      <c r="H94" s="54" t="s">
         <v>352</v>
       </c>
-      <c r="G94" s="10">
-[...2 lines deleted...]
-      <c r="H94" s="11"/>
       <c r="I94" s="12" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="11" t="s">
+      <c r="A95" s="9" t="s">
         <v>354</v>
       </c>
-      <c r="B95" s="11" t="s">
+      <c r="B95" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C95" s="10">
+        <v>601502564</v>
+      </c>
+      <c r="D95" s="10"/>
+      <c r="E95" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="F95" s="11" t="s">
         <v>355</v>
       </c>
-      <c r="C95" s="10">
-[...3 lines deleted...]
-      <c r="E95" s="13" t="s">
+      <c r="G95" s="10">
+        <v>732558464</v>
+      </c>
+      <c r="H95" s="10"/>
+      <c r="I95" s="9" t="s">
         <v>356</v>
       </c>
-      <c r="F95" s="11"/>
-[...2 lines deleted...]
-      <c r="I95" s="53"/>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="11" t="s">
         <v>357</v>
       </c>
-      <c r="B96" s="11" t="s">
+      <c r="B96" s="9" t="s">
         <v>358</v>
       </c>
       <c r="C96" s="10">
-        <v>723533193</v>
+        <v>602699294</v>
       </c>
       <c r="D96" s="11"/>
-      <c r="E96" s="13" t="s">
+      <c r="E96" s="11" t="s">
         <v>359</v>
       </c>
-      <c r="F96" s="9" t="s">
+      <c r="F96" s="11" t="s">
         <v>360</v>
       </c>
       <c r="G96" s="10">
-        <v>604417904</v>
+        <v>602752390</v>
       </c>
       <c r="H96" s="11"/>
       <c r="I96" s="12" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="11" t="s">
         <v>362</v>
       </c>
-      <c r="B97" s="54"/>
-[...6 lines deleted...]
-      <c r="I97" s="55"/>
+      <c r="B97" s="11" t="s">
+        <v>363</v>
+      </c>
+      <c r="C97" s="10">
+        <v>732987872</v>
+      </c>
+      <c r="D97" s="11"/>
+      <c r="E97" s="13" t="s">
+        <v>364</v>
+      </c>
+      <c r="F97" s="11" t="s">
+        <v>365</v>
+      </c>
+      <c r="G97" s="10">
+        <v>602785383</v>
+      </c>
+      <c r="H97" s="11"/>
+      <c r="I97" s="13" t="s">
+        <v>366</v>
+      </c>
     </row>
     <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="9" t="s">
-[...3 lines deleted...]
-        <v>319</v>
+      <c r="A98" s="11" t="s">
+        <v>367</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>368</v>
       </c>
       <c r="C98" s="10">
+        <v>723533193</v>
+      </c>
+      <c r="D98" s="11"/>
+      <c r="E98" s="13" t="s">
+        <v>369</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>370</v>
+      </c>
+      <c r="G98" s="10">
+        <v>604417904</v>
+      </c>
+      <c r="H98" s="11"/>
+      <c r="I98" s="12" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="B99" s="55"/>
+      <c r="C99" s="55"/>
+      <c r="D99" s="55"/>
+      <c r="E99" s="55"/>
+      <c r="F99" s="55"/>
+      <c r="G99" s="55"/>
+      <c r="H99" s="55"/>
+      <c r="I99" s="56"/>
+    </row>
+    <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="9" t="s">
+        <v>373</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="C100" s="10">
         <v>734170707</v>
       </c>
-      <c r="D98" s="11"/>
-[...52 lines deleted...]
-      <c r="E100" s="12" t="s">
+      <c r="D100" s="11"/>
+      <c r="E100" s="28" t="s">
         <v>374</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>375</v>
       </c>
       <c r="G100" s="10">
-        <v>775657619</v>
-[...2 lines deleted...]
-      <c r="I100" s="12" t="s">
+        <v>739580585</v>
+      </c>
+      <c r="H100" s="11"/>
+      <c r="I100" s="57" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="57" t="s">
+      <c r="A101" s="9" t="s">
         <v>377</v>
       </c>
-      <c r="B101" s="9" t="s">
+      <c r="B101" s="11" t="s">
         <v>378</v>
       </c>
       <c r="C101" s="10">
-        <v>720987811</v>
-[...1 lines deleted...]
-      <c r="D101" s="21"/>
+        <v>770328332</v>
+      </c>
+      <c r="D101" s="11"/>
       <c r="E101" s="12" t="s">
         <v>379</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>380</v>
       </c>
       <c r="G101" s="10">
-        <v>725319655</v>
-[...1 lines deleted...]
-      <c r="H101" s="21"/>
+        <v>352462894</v>
+      </c>
+      <c r="H101" s="10">
+        <v>352463854</v>
+      </c>
       <c r="I101" s="12" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="57" t="s">
+      <c r="A102" s="58" t="s">
         <v>382</v>
       </c>
       <c r="B102" s="9" t="s">
-        <v>62</v>
+        <v>383</v>
       </c>
       <c r="C102" s="10">
+        <v>725040824</v>
+      </c>
+      <c r="D102" s="10"/>
+      <c r="E102" s="12" t="s">
+        <v>384</v>
+      </c>
+      <c r="F102" s="9" t="s">
+        <v>385</v>
+      </c>
+      <c r="G102" s="10">
+        <v>775657619</v>
+      </c>
+      <c r="H102" s="10"/>
+      <c r="I102" s="12" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="58" t="s">
+        <v>387</v>
+      </c>
+      <c r="B103" s="9" t="s">
+        <v>388</v>
+      </c>
+      <c r="C103" s="10">
+        <v>720987811</v>
+      </c>
+      <c r="D103" s="31"/>
+      <c r="E103" s="12" t="s">
+        <v>389</v>
+      </c>
+      <c r="F103" s="9" t="s">
+        <v>390</v>
+      </c>
+      <c r="G103" s="10">
+        <v>725319655</v>
+      </c>
+      <c r="H103" s="31"/>
+      <c r="I103" s="12" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="58" t="s">
+        <v>392</v>
+      </c>
+      <c r="B104" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C104" s="10">
         <v>776747770</v>
       </c>
-      <c r="D102" s="21"/>
-[...53 lines deleted...]
-      <c r="I104" s="11"/>
+      <c r="D104" s="31"/>
+      <c r="E104" s="12" t="s">
+        <v>393</v>
+      </c>
+      <c r="F104" s="9"/>
+      <c r="G104" s="10"/>
+      <c r="H104" s="10"/>
+      <c r="I104" s="9"/>
     </row>
     <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="11" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="B105" s="11" t="s">
         <v>394</v>
       </c>
+      <c r="B105" s="9" t="s">
+        <v>395</v>
+      </c>
       <c r="C105" s="10">
-        <v>602784750</v>
-[...6 lines deleted...]
-      <c r="G105" s="11"/>
+        <v>722275714</v>
+      </c>
+      <c r="D105" s="10"/>
+      <c r="E105" s="12" t="s">
+        <v>396</v>
+      </c>
+      <c r="F105" s="11" t="s">
+        <v>397</v>
+      </c>
+      <c r="G105" s="10">
+        <v>602510497</v>
+      </c>
       <c r="H105" s="11"/>
-      <c r="I105" s="11"/>
+      <c r="I105" s="11" t="s">
+        <v>398</v>
+      </c>
+      <c r="J105" s="59"/>
+      <c r="K105" s="60"/>
+      <c r="L105" s="61"/>
     </row>
     <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="63" t="s">
-[...10 lines deleted...]
-        <v>261</v>
+      <c r="A106" s="11" t="s">
+        <v>399</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>400</v>
+      </c>
+      <c r="C106" s="62" t="s">
+        <v>401</v>
+      </c>
+      <c r="D106" s="63"/>
+      <c r="E106" s="14" t="s">
+        <v>402</v>
       </c>
       <c r="F106" s="11"/>
       <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="11"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C107" s="10">
-        <v>602198030</v>
+        <v>602784750</v>
       </c>
       <c r="D107" s="11"/>
-      <c r="E107" s="12" t="s">
-        <v>400</v>
+      <c r="E107" s="11" t="s">
+        <v>405</v>
       </c>
       <c r="F107" s="11"/>
       <c r="G107" s="11"/>
       <c r="H107" s="11"/>
       <c r="I107" s="11"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="11" t="s">
-[...3 lines deleted...]
-        <v>402</v>
+      <c r="A108" s="64" t="s">
+        <v>406</v>
+      </c>
+      <c r="B108" s="11" t="s">
+        <v>407</v>
       </c>
       <c r="C108" s="10">
-        <v>734753940</v>
+        <v>774441975</v>
       </c>
       <c r="D108" s="11"/>
       <c r="E108" s="12" t="s">
-        <v>403</v>
+        <v>274</v>
       </c>
       <c r="F108" s="11"/>
-      <c r="G108" s="10"/>
+      <c r="G108" s="11"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="11" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C109" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D109" s="10"/>
+        <v>602198030</v>
+      </c>
+      <c r="D109" s="11"/>
       <c r="E109" s="12" t="s">
-        <v>406</v>
-[...6 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="F109" s="11"/>
+      <c r="G109" s="11"/>
       <c r="H109" s="11"/>
-      <c r="I109" s="64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="11"/>
     </row>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="9" t="s">
-        <v>409</v>
+      <c r="A110" s="11" t="s">
+        <v>411</v>
       </c>
       <c r="B110" s="9" t="s">
-        <v>410</v>
-[...8 lines deleted...]
-        <v>411</v>
+        <v>412</v>
+      </c>
+      <c r="C110" s="10">
+        <v>734753940</v>
+      </c>
+      <c r="D110" s="11"/>
+      <c r="E110" s="12" t="s">
+        <v>413</v>
       </c>
       <c r="F110" s="11"/>
-      <c r="G110" s="11"/>
+      <c r="G110" s="10"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="9" t="s">
-[...3 lines deleted...]
-        <v>413</v>
+      <c r="A111" s="11" t="s">
+        <v>414</v>
+      </c>
+      <c r="B111" s="11" t="s">
+        <v>415</v>
       </c>
       <c r="C111" s="10">
-        <v>602541368</v>
+        <v>775317903</v>
       </c>
       <c r="D111" s="10"/>
       <c r="E111" s="12" t="s">
-        <v>414</v>
-[...4 lines deleted...]
-      <c r="I111" s="12"/>
+        <v>416</v>
+      </c>
+      <c r="F111" s="11" t="s">
+        <v>417</v>
+      </c>
+      <c r="G111" s="10">
+        <v>733181200</v>
+      </c>
+      <c r="H111" s="11"/>
+      <c r="I111" s="65" t="s">
+        <v>418</v>
+      </c>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="9" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>416</v>
-[...17 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="C112" s="31">
+        <v>725744644</v>
+      </c>
+      <c r="D112" s="31">
+        <v>475201349</v>
+      </c>
+      <c r="E112" s="13" t="s">
+        <v>421</v>
+      </c>
+      <c r="F112" s="11"/>
+      <c r="G112" s="11"/>
+      <c r="H112" s="11"/>
+      <c r="I112" s="11"/>
     </row>
     <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="9" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B113" s="9" t="s">
-        <v>346</v>
+        <v>423</v>
       </c>
       <c r="C113" s="10">
-        <v>605880066</v>
+        <v>602541368</v>
       </c>
       <c r="D113" s="10"/>
       <c r="E113" s="12" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="F113" s="11"/>
-      <c r="G113" s="11"/>
-[...1 lines deleted...]
-      <c r="I113" s="11"/>
+      <c r="G113" s="10"/>
+      <c r="H113" s="10"/>
+      <c r="I113" s="12"/>
     </row>
     <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="9" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B114" s="9" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C114" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D114" s="11"/>
+        <v>733527310</v>
+      </c>
+      <c r="D114" s="10"/>
       <c r="E114" s="12" t="s">
-        <v>423</v>
-[...4 lines deleted...]
-      <c r="I114" s="11"/>
+        <v>427</v>
+      </c>
+      <c r="F114" s="9" t="s">
+        <v>426</v>
+      </c>
+      <c r="G114" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H114" s="10"/>
+      <c r="I114" s="12" t="s">
+        <v>428</v>
+      </c>
     </row>
     <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="9" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B115" s="9" t="s">
-        <v>425</v>
-[...15 lines deleted...]
-      <c r="I115" s="12" t="s">
         <v>430</v>
       </c>
-    </row>
-    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="C115" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D115" s="11"/>
+      <c r="E115" s="12" t="s">
+        <v>431</v>
+      </c>
+      <c r="F115" s="11"/>
+      <c r="G115" s="10"/>
+      <c r="H115" s="11"/>
+      <c r="I115" s="11"/>
+    </row>
+    <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="9" t="s">
+        <v>432</v>
+      </c>
+      <c r="B116" s="9" t="s">
+        <v>433</v>
+      </c>
+      <c r="C116" s="17" t="s">
+        <v>434</v>
+      </c>
+      <c r="D116" s="17"/>
+      <c r="E116" s="13" t="s">
+        <v>435</v>
+      </c>
+      <c r="F116" s="9" t="s">
+        <v>436</v>
+      </c>
+      <c r="G116" s="17" t="s">
+        <v>437</v>
+      </c>
+      <c r="H116" s="17"/>
+      <c r="I116" s="12" t="s">
+        <v>438</v>
+      </c>
+    </row>
     <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="14"/>
+      <c r="C119" s="60"/>
+      <c r="D119" s="60"/>
+      <c r="E119" s="61"/>
+    </row>
     <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="123" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E20" r:id="rId1" xr:uid="{B5468606-4A15-4B54-BB87-130644F2403A}"/>
-[...123 lines deleted...]
-    <hyperlink ref="I74" r:id="rId125" xr:uid="{4E38AEA5-3228-4129-A207-80BFD325942C}"/>
+    <hyperlink ref="E22" r:id="rId1" xr:uid="{FB91C232-8901-4AB4-A819-4DD30F169AA5}"/>
+    <hyperlink ref="E15" r:id="rId2" xr:uid="{A2CEB24F-9ABE-47EE-AF0C-07B0BD5F9CF3}"/>
+    <hyperlink ref="E82" r:id="rId3" xr:uid="{C0D9DF76-2D74-4D7B-9608-3C977BBBA6F5}"/>
+    <hyperlink ref="E110" r:id="rId4" xr:uid="{5FF34F3B-1A0C-41DD-92ED-30E5ACA2697C}"/>
+    <hyperlink ref="E65" r:id="rId5" xr:uid="{91EE6C00-1DF0-4EFA-B3EE-57F2AFBFC340}"/>
+    <hyperlink ref="E21" r:id="rId6" xr:uid="{DAB2A450-C57F-426C-95CC-AE345DA1978F}"/>
+    <hyperlink ref="E29" r:id="rId7" xr:uid="{A011C70B-C3AC-486B-BED3-CFEC0F258816}"/>
+    <hyperlink ref="E47" r:id="rId8" xr:uid="{D89E7F96-94D5-48B3-BC24-BA05CA647F80}"/>
+    <hyperlink ref="E60" r:id="rId9" xr:uid="{A145E09E-CF80-4CF2-9586-8BA434E245E6}"/>
+    <hyperlink ref="E74" r:id="rId10" xr:uid="{971D025D-21D6-42D5-A5AA-06AB084EBA16}"/>
+    <hyperlink ref="E73" r:id="rId11" xr:uid="{33A6A537-46E2-4559-A498-671ACF6A612A}"/>
+    <hyperlink ref="E88" r:id="rId12" xr:uid="{92D5CA64-A786-4B2A-80D0-BA3327D880CE}"/>
+    <hyperlink ref="E63" r:id="rId13" xr:uid="{0D287E2B-F5F7-41CA-9D74-EEA44A8E3423}"/>
+    <hyperlink ref="E91" r:id="rId14" xr:uid="{CE397BC2-17FE-455B-9F4C-CDA220A5C302}"/>
+    <hyperlink ref="E81" r:id="rId15" xr:uid="{5085E169-950C-4DAE-B227-B662B9220B27}"/>
+    <hyperlink ref="E34" r:id="rId16" xr:uid="{7293232D-2B3E-458A-A4A9-97C1D459B327}"/>
+    <hyperlink ref="E59" r:id="rId17" xr:uid="{CBC7EBF9-7D88-498E-9932-28BA528D409D}"/>
+    <hyperlink ref="E116" r:id="rId18" xr:uid="{D09DF626-D272-4AA8-9518-8115EC423979}"/>
+    <hyperlink ref="E39" r:id="rId19" xr:uid="{205B4C10-B8CF-48D4-9358-3F00CBB90BCE}"/>
+    <hyperlink ref="E40" r:id="rId20" xr:uid="{EAC5B372-507F-4E5D-8514-2C15124E2B08}"/>
+    <hyperlink ref="E102" r:id="rId21" xr:uid="{7C506F55-C925-41AD-9F54-68CA03B3A9E8}"/>
+    <hyperlink ref="E68" r:id="rId22" xr:uid="{F1E4E4D7-CADA-4D36-BE0D-30998357F50E}"/>
+    <hyperlink ref="E10" r:id="rId23" xr:uid="{D4E1BE47-60EF-4B37-BBD5-82DF5648C70A}"/>
+    <hyperlink ref="E14" r:id="rId24" xr:uid="{95ECF0B3-8D51-4866-947E-D9FE0FAAA7B1}"/>
+    <hyperlink ref="E75" r:id="rId25" xr:uid="{768F4097-D9A1-4853-B2DD-24963ED3EEF8}"/>
+    <hyperlink ref="I75" r:id="rId26" xr:uid="{B3D45523-16CF-4BE5-85FF-EA7E4DEE3DF7}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{A28DB0EE-94CE-4CEB-9928-C6213104498E}"/>
+    <hyperlink ref="E31" r:id="rId28" xr:uid="{0C1BE1CE-4F0D-4258-96F3-783F1D480F56}"/>
+    <hyperlink ref="E113" r:id="rId29" xr:uid="{D7CA54B7-A6DA-4A66-945F-AE309E81EA2B}"/>
+    <hyperlink ref="E79" r:id="rId30" xr:uid="{1E60A33A-0935-4E05-8369-6A35FC42CF70}"/>
+    <hyperlink ref="E12" r:id="rId31" xr:uid="{7CBD2210-526B-4223-A4E7-E6F39D7824FA}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{5BAC21E1-97FE-448E-8A78-A2E22BB3A7D3}"/>
+    <hyperlink ref="E32" r:id="rId33" xr:uid="{5AD9F90F-7FB3-42D3-B26F-9414D4407DE6}"/>
+    <hyperlink ref="E11" r:id="rId34" xr:uid="{BA2B80AE-4A76-4EC6-A90A-504ABD9A544E}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{BF60DA37-FCAB-4FE8-9E99-E5D59F564EF0}"/>
+    <hyperlink ref="E16" r:id="rId36" xr:uid="{746FD698-1873-4B59-9354-8BFB4FC671DE}"/>
+    <hyperlink ref="I81" r:id="rId37" xr:uid="{0D9BC8C0-18DA-4192-9A47-6715A2AB4AF6}"/>
+    <hyperlink ref="E84" r:id="rId38" xr:uid="{1163BD6F-7FF8-4C31-82CA-35328A40C056}"/>
+    <hyperlink ref="E72" r:id="rId39" xr:uid="{AADEB4EB-097C-45D1-8B04-58F33851082F}"/>
+    <hyperlink ref="I72" r:id="rId40" xr:uid="{D748DC4E-F901-4351-BE34-B39ED6AC3AC8}"/>
+    <hyperlink ref="E104" r:id="rId41" xr:uid="{91BC3354-3A7D-44FD-A225-C6504C33D08A}"/>
+    <hyperlink ref="E18" r:id="rId42" xr:uid="{843A4EFB-B1F0-4F11-A34E-2AB77720159A}"/>
+    <hyperlink ref="E20" r:id="rId43" xr:uid="{0120E45F-A62E-4DB9-B159-AE243E102E95}"/>
+    <hyperlink ref="E27" r:id="rId44" xr:uid="{DAC7671F-87C3-4D07-B55B-118B75264ECF}"/>
+    <hyperlink ref="E71" r:id="rId45" xr:uid="{A7F8E8A5-601D-4ABE-8399-EE2B96F3517B}"/>
+    <hyperlink ref="E42" r:id="rId46" xr:uid="{EDE9440A-2CE9-4C05-858E-EE48F4E65D44}"/>
+    <hyperlink ref="I42" r:id="rId47" xr:uid="{04063776-A6F7-4BC9-9B54-C8CBFBE8D2BD}"/>
+    <hyperlink ref="E30" r:id="rId48" xr:uid="{F1A847FE-16B8-4C31-AEF5-4DE8475AF149}"/>
+    <hyperlink ref="I30" r:id="rId49" xr:uid="{39E4850B-C167-42B4-8F9B-B14C58FBDF94}"/>
+    <hyperlink ref="E111" r:id="rId50" xr:uid="{AB5A67DD-CCCC-442E-B3FB-15A61E9FFE81}"/>
+    <hyperlink ref="E109" r:id="rId51" xr:uid="{231F9303-B2A5-41ED-9811-CF9FF25A196C}"/>
+    <hyperlink ref="E52" r:id="rId52" xr:uid="{682DFA1A-D60D-4C2A-814B-019A7F28FB05}"/>
+    <hyperlink ref="E87" r:id="rId53" xr:uid="{5F552771-76AA-4146-83B2-DE21A57AFAC4}"/>
+    <hyperlink ref="E86" r:id="rId54" xr:uid="{A772A93F-69F6-4E39-A0E6-E9A529D414C1}"/>
+    <hyperlink ref="E100" r:id="rId55" xr:uid="{7B790330-2726-4F0B-A358-3CC1B70D0481}"/>
+    <hyperlink ref="E61" r:id="rId56" xr:uid="{42073277-C4CD-4B99-8D40-6FD1F135EF84}"/>
+    <hyperlink ref="I73" r:id="rId57" xr:uid="{9B5845BD-350A-4444-BE8D-29A710DCF155}"/>
+    <hyperlink ref="E45" r:id="rId58" xr:uid="{7AD435CF-373E-4DE4-8481-A8D661FC94BC}"/>
+    <hyperlink ref="E28" r:id="rId59" xr:uid="{926378F1-E7A7-4B0A-830E-B23BE3E1E36F}"/>
+    <hyperlink ref="E33" r:id="rId60" xr:uid="{F2B11C94-F100-4FAB-BC85-3AB0D69B936F}"/>
+    <hyperlink ref="E105" r:id="rId61" xr:uid="{69922EAA-3127-4909-9366-17A389876DC1}"/>
+    <hyperlink ref="E114" r:id="rId62" xr:uid="{62647B4A-6020-41DC-B458-9A3F0C9B685C}"/>
+    <hyperlink ref="I114" r:id="rId63" xr:uid="{45066CFF-BA0E-4196-B97A-B00241BB26F0}"/>
+    <hyperlink ref="E103" r:id="rId64" xr:uid="{4953C8EE-60BE-4AA8-AF5E-0A37198305E3}"/>
+    <hyperlink ref="I35" r:id="rId65" xr:uid="{2F07C7F6-A978-4D45-AF57-8117220D4342}"/>
+    <hyperlink ref="E35" r:id="rId66" xr:uid="{E19D39F1-3D09-48F2-BED0-DE37D73D0232}"/>
+    <hyperlink ref="I22" r:id="rId67" xr:uid="{842601E6-395E-4B56-AA7A-5FC3A93D1F46}"/>
+    <hyperlink ref="I102" r:id="rId68" xr:uid="{6FA3A32F-4AE4-4A9A-8E01-BB7F76CD131B}"/>
+    <hyperlink ref="E23" r:id="rId69" xr:uid="{2536D768-C902-45B1-96BD-9D63BC5E2D9A}"/>
+    <hyperlink ref="I23" r:id="rId70" xr:uid="{4FA8256D-8D7A-4E7F-89C0-099B8E592245}"/>
+    <hyperlink ref="I54" r:id="rId71" xr:uid="{9B81D7DD-B578-48AD-9722-D73A81F489D6}"/>
+    <hyperlink ref="I10" r:id="rId72" xr:uid="{124DE501-342F-4A27-B3E7-9CE014C04D89}"/>
+    <hyperlink ref="I20" r:id="rId73" xr:uid="{4E20ABFE-2977-40D6-BF86-BF0ACE5EA954}"/>
+    <hyperlink ref="I31" r:id="rId74" xr:uid="{C4331DC0-E1AA-4947-94AF-95858F4BDCFC}"/>
+    <hyperlink ref="E62" r:id="rId75" xr:uid="{224E932E-89F2-4212-AB4D-2E03ACD35B96}"/>
+    <hyperlink ref="E80" r:id="rId76" xr:uid="{D99B070E-BC4A-4D77-9C6E-68C8C46F059C}"/>
+    <hyperlink ref="E66" r:id="rId77" xr:uid="{723E1365-B484-4D46-9C26-663ACA50103C}"/>
+    <hyperlink ref="I66" r:id="rId78" xr:uid="{40EF052F-C035-4F2E-892F-8A4A31EF1745}"/>
+    <hyperlink ref="I116" r:id="rId79" xr:uid="{90013F55-A28E-4AA4-9926-EEF8BC131CEE}"/>
+    <hyperlink ref="E90" r:id="rId80" xr:uid="{2292135D-6F27-499D-96DC-8FE3E4AA9399}"/>
+    <hyperlink ref="E48" r:id="rId81" xr:uid="{02DB79F4-6CFF-4A44-96E2-3659C71FD1DE}"/>
+    <hyperlink ref="I84" r:id="rId82" xr:uid="{A0090CE6-2583-4AB6-BB31-27EEF6FA367E}"/>
+    <hyperlink ref="I96" r:id="rId83" xr:uid="{58B6FEAC-73E2-4F7A-8A66-288D30987F2B}"/>
+    <hyperlink ref="I24" r:id="rId84" xr:uid="{C104B327-257C-4C35-9137-02971DEE5ABF}"/>
+    <hyperlink ref="I14" r:id="rId85" xr:uid="{1C5D7F61-06EE-41C9-87D3-6E91ECBBC19B}"/>
+    <hyperlink ref="I94" r:id="rId86" xr:uid="{E51AC958-9394-4F99-8706-515E9DC7B900}"/>
+    <hyperlink ref="E94" r:id="rId87" xr:uid="{46E75FA7-4F77-4932-B6CA-2C3EC3E3C1F0}"/>
+    <hyperlink ref="E69" r:id="rId88" xr:uid="{A39F0901-38EF-42F6-B872-EA25599980CF}"/>
+    <hyperlink ref="E58" r:id="rId89" xr:uid="{9B81D47D-D4FB-4B86-BF6A-9D7D4F161A3B}"/>
+    <hyperlink ref="E57" r:id="rId90" xr:uid="{9865BD12-7820-41D4-BFC0-2360E547726A}"/>
+    <hyperlink ref="E17" r:id="rId91" xr:uid="{4E96F33D-E5D1-44A3-99E1-291BCADB8494}"/>
+    <hyperlink ref="E85" r:id="rId92" xr:uid="{0EA0AE8C-8FF4-4071-A7F9-9D16C9E10DAF}"/>
+    <hyperlink ref="E115" r:id="rId93" xr:uid="{56F1958D-70CB-4CCB-BC2D-1D9EAA5247F4}"/>
+    <hyperlink ref="E67" r:id="rId94" xr:uid="{6BDD181D-8048-459D-8B0C-44A17F7D7E81}"/>
+    <hyperlink ref="E108" r:id="rId95" xr:uid="{3D0757F0-4517-4034-9224-8FDDF04A852D}"/>
+    <hyperlink ref="E44" r:id="rId96" xr:uid="{9AD692CC-0F17-42E5-BA1A-694AA05AC5AB}"/>
+    <hyperlink ref="E8" r:id="rId97" xr:uid="{738ECA22-2759-4679-8DA1-099874FDC647}"/>
+    <hyperlink ref="E41" r:id="rId98" xr:uid="{A1DDBBA6-0FB8-40BA-AD75-C60B5AB7AEB1}"/>
+    <hyperlink ref="I27" r:id="rId99" xr:uid="{74462B82-1522-4B5F-99D6-C9CAACD010B8}"/>
+    <hyperlink ref="I17" r:id="rId100" xr:uid="{6FD518F0-E744-4555-92A9-2B1DBC206C75}"/>
+    <hyperlink ref="I111" r:id="rId101" display="mailto:matejovsky@retrolok.cz" xr:uid="{5828F9FD-0E2C-4E67-BE23-0050F656E9C9}"/>
+    <hyperlink ref="I103" r:id="rId102" xr:uid="{71D6EDAA-67F3-4F9D-98ED-4EADF69A091E}"/>
+    <hyperlink ref="E112" r:id="rId103" xr:uid="{BBA50680-9CDD-4352-BA92-8BBD6EBF078B}"/>
+    <hyperlink ref="E64" r:id="rId104" xr:uid="{8195D435-B57A-4EEB-9F3B-C5F45639E222}"/>
+    <hyperlink ref="I82" r:id="rId105" xr:uid="{93055C8F-A9DB-4DB8-B319-F95D3C0CD7AB}"/>
+    <hyperlink ref="E37" r:id="rId106" xr:uid="{818363DE-C183-4B54-B403-C979E860BA46}"/>
+    <hyperlink ref="I29" r:id="rId107" xr:uid="{C1AECA92-2EA1-47FE-A14F-79790BB5BEBA}"/>
+    <hyperlink ref="I100" r:id="rId108" xr:uid="{BFC8AF65-8F4B-4CC4-A68F-8AD619703777}"/>
+    <hyperlink ref="E70" r:id="rId109" xr:uid="{1E237A1E-1D90-4BA2-A842-186A2B0C590C}"/>
+    <hyperlink ref="E38" r:id="rId110" xr:uid="{05F2EBD8-152D-4821-97B5-BC626169ECF7}"/>
+    <hyperlink ref="E43" r:id="rId111" xr:uid="{C6514673-B490-4262-977F-EFDF11D46BAD}"/>
+    <hyperlink ref="E36" r:id="rId112" xr:uid="{2D5526EA-3442-480E-879A-95960F6EDC91}"/>
+    <hyperlink ref="E98" r:id="rId113" xr:uid="{3B5C735B-9A51-4D04-9BFF-9F8FAD7BA2BE}"/>
+    <hyperlink ref="I98" r:id="rId114" xr:uid="{3FF915EA-DFDE-4EED-9478-136B4A6E3E31}"/>
+    <hyperlink ref="E101" r:id="rId115" xr:uid="{40DF4AF5-542F-4C59-B980-FAC60BF47B9D}"/>
+    <hyperlink ref="I101" r:id="rId116" xr:uid="{2B9F893D-A3FD-4BDF-8CB8-8BA46F829757}"/>
+    <hyperlink ref="E95" r:id="rId117" xr:uid="{9D3B40FE-D0A7-4AD1-B5DF-525804E1758D}"/>
+    <hyperlink ref="E26" r:id="rId118" xr:uid="{355D625C-D0EA-4A4C-8F98-3A63D83C5ADE}"/>
+    <hyperlink ref="E76" r:id="rId119" xr:uid="{64DCD48A-58DC-4717-99DF-3678C15F3AD0}"/>
+    <hyperlink ref="I76" r:id="rId120" xr:uid="{4999AB86-C2E8-4476-BA87-CF5E6977591C}"/>
+    <hyperlink ref="E97" r:id="rId121" xr:uid="{56F1DF59-DF5B-4067-ACB1-F6DFE7B86B33}"/>
+    <hyperlink ref="I97" r:id="rId122" xr:uid="{4F050BC2-C299-4850-8019-6A5CE59D8870}"/>
+    <hyperlink ref="E53" r:id="rId123" xr:uid="{0DB52C0A-EC67-424F-ADCD-A07936D66208}"/>
+    <hyperlink ref="E9" r:id="rId124" xr:uid="{642747C5-197B-46A4-BA8D-05BF392E948B}"/>
+    <hyperlink ref="I16" r:id="rId125" xr:uid="{0BEF5D07-5C15-4FE2-801D-F9A59FBB10DE}"/>
+    <hyperlink ref="E25" r:id="rId126" xr:uid="{189AB102-69C7-4EBE-9257-D0EF6C15E144}"/>
+    <hyperlink ref="E19" r:id="rId127" xr:uid="{8E9F16A0-8532-4D64-BE38-1DF85C433DB5}"/>
+    <hyperlink ref="I19" r:id="rId128" xr:uid="{E9D17AB8-D767-4AC5-AD27-B66D7CDCD659}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
-  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId126"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId129"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;"Verdana"&amp;7&amp;K000000 SŽ: Interní&amp;1#_x000D_</oddHeader>
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
-  <legacyDrawing r:id="rId127"/>
+  <legacyDrawing r:id="rId130"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{65334bdb-ef60-40ad-ad10-aebc1eeffaa2}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="1" removed="0"/>
+  <clbl:label id="{a57527ba-b13c-462f-a5c5-bde84a6d85e5}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>