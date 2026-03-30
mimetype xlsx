--- v2 (2026-02-13)
+++ v3 (2026-03-30)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Disk_D\korespondence kontakty\na portal a k rozeslani\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{22AD00A5-781C-4B21-97F3-1E99CF519916}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7113B39F-DCEF-444E-8E00-C60272CE7F6E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B87D9376-9BC9-4869-B9EF-DB7150453ECF}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{21745C5B-493A-4FE2-B724-5E5444AA7B85}"/>
   </bookViews>
   <sheets>
     <sheet name="2 Operativa a MU" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2 Operativa a MU'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Šlachta Petr, Ing.</author>
     <author>Šlachta Petr, Bc.</author>
   </authors>
   <commentList>
-    <comment ref="C63" authorId="0" shapeId="0" xr:uid="{445EB503-5CEC-4CD3-82EF-E62AAAAB3ACA}">
+    <comment ref="C65" authorId="0" shapeId="0" xr:uid="{6FB07E16-E469-4E58-B696-0A8FD5AF703B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="D63" authorId="0" shapeId="0" xr:uid="{B22C4374-519B-4561-B8DB-DC7D3F6E28BA}">
+    <comment ref="D65" authorId="0" shapeId="0" xr:uid="{7146B45C-B713-4B31-BFE1-BC7F6EEB3A25}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Šlachta Petr, Ing.:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 další mobil:
 603 895 072</t>
         </r>
       </text>
     </comment>
-    <comment ref="B72" authorId="1" shapeId="0" xr:uid="{026CCFA9-576B-4F5F-9D67-262C20D3EB7E}">
+    <comment ref="B74" authorId="1" shapeId="0" xr:uid="{B2E6F891-2385-4E5D-A44E-0368AA902BD5}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Řídí oblast RCP Brno a Ostrava</t>
         </r>
       </text>
     </comment>
-    <comment ref="D72" authorId="1" shapeId="0" xr:uid="{BFE4F4C2-C136-450A-92A6-149EF30479F4}">
+    <comment ref="D74" authorId="1" shapeId="0" xr:uid="{4156092D-7389-4E76-B64A-E0933A0C2674}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Státní telefon:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>596 166 444</t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="F72" authorId="1" shapeId="0" xr:uid="{629FCBE3-FC20-4A15-BCFB-CA6A1347EE7B}">
+    <comment ref="F74" authorId="1" shapeId="0" xr:uid="{51CC1CBE-3AD9-4963-83B1-C13E647F2FF2}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Řídí oblast RCP Plzeň, 
 Praha, Ústí n. L.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="450">
   <si>
     <t>Kontakty dopravců pro operativní řízení a oznámení MU</t>
   </si>
   <si>
     <t>kontaktní osoba</t>
   </si>
   <si>
     <t>v případě nedostupnosti kontaktní osoby ji zastupuje</t>
   </si>
   <si>
     <t>dopravce</t>
   </si>
   <si>
     <t>jméno</t>
   </si>
   <si>
     <t>telefon</t>
   </si>
   <si>
     <t>další telefon</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
@@ -357,50 +357,71 @@
   <si>
     <t>České dráhy, a.s.</t>
   </si>
   <si>
     <t>síťový dispečer 1</t>
   </si>
   <si>
     <t>sitdisp1@gr.cd.cz</t>
   </si>
   <si>
     <t>DB Cargo Czechia s.r.o.</t>
   </si>
   <si>
     <t>Dispečink</t>
   </si>
   <si>
     <t>dispo.dbcargoczechia@deutschebahn.com</t>
   </si>
   <si>
     <t>Jiří Morávek</t>
   </si>
   <si>
     <t>jiri.moravek@deutschebahn.com</t>
   </si>
   <si>
+    <t>DB CARGO SPEDKOL SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
+  </si>
+  <si>
+    <t>Joanna Niespor</t>
+  </si>
+  <si>
+    <t>+48 667 652 222</t>
+  </si>
+  <si>
+    <t>joanna.niespor@deutschebahn.com</t>
+  </si>
+  <si>
+    <t>Mirosław Kajstura</t>
+  </si>
+  <si>
+    <t>+48 887 108 814</t>
+  </si>
+  <si>
+    <t>Miroslaw.Kajstura@deutschebahn.com</t>
+  </si>
+  <si>
     <t>DBV-ITL, s.r.o.</t>
   </si>
   <si>
     <t>Ing. Hana Pavlíčková Kurková</t>
   </si>
   <si>
     <t>dispo@dbv-itl.cz</t>
   </si>
   <si>
     <t>Ing. Václav Pavlíček</t>
   </si>
   <si>
     <t>Die Länderbahn CZ s.r.o.</t>
   </si>
   <si>
     <t>Dispečer DBL CZ</t>
   </si>
   <si>
     <t>dispo_dlb_cz@laenderbahn.com</t>
   </si>
   <si>
     <t>DPB Rail Infra Service Czech Republic s.r.o.</t>
   </si>
   <si>
     <t>Pavla Wojnarová</t>
@@ -597,54 +618,54 @@
   <si>
     <t>Jan Odložilík</t>
   </si>
   <si>
     <t>jan.odlozilik@hrosistavby.cz</t>
   </si>
   <si>
     <t>HSL - Logistik, s.r.o.</t>
   </si>
   <si>
     <t>dispečer ve službě</t>
   </si>
   <si>
     <t>provoz@hsl-logistik.eu</t>
   </si>
   <si>
     <t>Jakub Rákosník</t>
   </si>
   <si>
     <t>j.rakosnik@hsl-logistik.eu</t>
   </si>
   <si>
     <t>Chládek &amp; Tintěra, a.s.</t>
   </si>
   <si>
-    <t>Kamil Kratochvíl</t>
-[...2 lines deleted...]
-    <t>kamil.kratochvil@cht.cz</t>
+    <t>Michal Novotný</t>
+  </si>
+  <si>
+    <t>novotny@cht.cz</t>
   </si>
   <si>
     <t>Chládek a Tintěra, Havlíčkův Brod, a.s.</t>
   </si>
   <si>
     <t>Martina Šoupalová</t>
   </si>
   <si>
     <t>soupalova@chladek-tintera.cz</t>
   </si>
   <si>
     <t>Chládek a Tintěra, Pardubice a.s.</t>
   </si>
   <si>
     <t>Tomáš Exnar</t>
   </si>
   <si>
     <t>tomas.exnar@cht-pce.cz</t>
   </si>
   <si>
     <t>IDS - Inženýrské a dopravní stavby Olomouc a.s.</t>
   </si>
   <si>
     <t>dispo@ids-cargo.cz</t>
   </si>
@@ -820,50 +841,71 @@
     <t>Jiří Vězda</t>
   </si>
   <si>
     <t>provoz@lokotransservis.cz</t>
   </si>
   <si>
     <t>LTE Czechia s.r.o.</t>
   </si>
   <si>
     <t>Dispečink LTE</t>
   </si>
   <si>
     <t>+421 905 818 501</t>
   </si>
   <si>
     <t>dispo.CZ@lte-group.eu</t>
   </si>
   <si>
     <t>LTE Slovakia s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Dispečink LTE </t>
   </si>
   <si>
     <t>dispo.SK@lte-group.eu</t>
+  </si>
+  <si>
+    <t>LTG CARGO POLSKA SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hubert Wolicki </t>
+  </si>
+  <si>
+    <t>+48 786 438 171</t>
+  </si>
+  <si>
+    <t>hubert.wolicki@ltgcargo.pl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Radosław Jakóbczyk    </t>
+  </si>
+  <si>
+    <t>+48 506 491 504</t>
+  </si>
+  <si>
+    <t>radoslaw.jakobczyk@ltgcargo.pl</t>
   </si>
   <si>
     <t>MBM rail s.r.o.</t>
   </si>
   <si>
     <t>Ing. Jiří Mužík</t>
   </si>
   <si>
     <t>provoz@mbmr.cz</t>
   </si>
   <si>
     <t>METRANS Rail s.r.o.</t>
   </si>
   <si>
     <t>dispo@metransrail.eu</t>
   </si>
   <si>
     <t>METRANS, a.s.</t>
   </si>
   <si>
     <t>dispečink MTR</t>
   </si>
   <si>
     <t>N+N - Konstrukce a dopravní stavby Litoměřice, s.r.o.</t>
   </si>
@@ -1153,65 +1195,65 @@
   <si>
     <t>Jaroslava Husáková</t>
   </si>
   <si>
     <t>605 073 620</t>
   </si>
   <si>
     <t>jaroslava.husakova.jh@gmail.com</t>
   </si>
   <si>
     <t>Andrea Forejtková</t>
   </si>
   <si>
     <t>739 739 039</t>
   </si>
   <si>
     <t>forejtkova@rcas.cz</t>
   </si>
   <si>
     <t>RegioJet a.s.</t>
   </si>
   <si>
     <t>dispecer@regiojet.cz</t>
   </si>
   <si>
+    <t>Jiří Dudič</t>
+  </si>
+  <si>
+    <t>jiri.dudic@regiojet.cz</t>
+  </si>
+  <si>
     <t>RegioJet ÚK a.s.</t>
   </si>
   <si>
     <t>Dispečer RJÚK</t>
   </si>
   <si>
     <t>dispecer.RJUK@regiojet.cz</t>
   </si>
   <si>
-    <t>Jiří Dudič</t>
-[...4 lines deleted...]
-  <si>
     <t>REKOP s.r.o.</t>
   </si>
   <si>
     <t>Luděk Svoboda</t>
   </si>
   <si>
     <t>draznidoprava@re-kop.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Retrack Czech s. r. o. </t>
   </si>
   <si>
     <t>Dispečer ve směně</t>
   </si>
   <si>
     <t>dispo-retrackcz@vtg.com</t>
   </si>
   <si>
     <t xml:space="preserve">Retrack Slovakia s. r. o. </t>
   </si>
   <si>
     <t>Roman Uzsák</t>
   </si>
   <si>
     <t>+421 910 990 229</t>
@@ -1240,53 +1282,50 @@
   <si>
     <t>michal.tocev@rts-rail.com</t>
   </si>
   <si>
     <t>S-Rail CZ s.r.o.</t>
   </si>
   <si>
     <t>777 654 842</t>
   </si>
   <si>
     <t>dispo@s-rail.cz</t>
   </si>
   <si>
     <t>SART-stavby a rekonstrukce a.s.</t>
   </si>
   <si>
     <t>Mojmír Havlíček</t>
   </si>
   <si>
     <t>zddesna@sart.cz</t>
   </si>
   <si>
     <t>SD - Kolejová doprava, a.s.</t>
   </si>
   <si>
-    <t>dispečer vl. dop. SD-KD</t>
-[...1 lines deleted...]
-  <si>
     <t>dispecer_SDKD@sd-kd.cz</t>
   </si>
   <si>
     <t>SEŽEV-REKO, a.s.</t>
   </si>
   <si>
     <t>Miloš Ryšavý</t>
   </si>
   <si>
     <t>rysavy@sezev-reko.cz</t>
   </si>
   <si>
     <t>Miroslav Válek</t>
   </si>
   <si>
     <t>valek@sezev-reko.cz</t>
   </si>
   <si>
     <t>Skanska a.s.</t>
   </si>
   <si>
     <t>Ilona Kačová</t>
   </si>
   <si>
     <t>ilona.kacova@skanska.cz</t>
@@ -1466,56 +1505,50 @@
     <t>Traťová strojní společnost, a.s.</t>
   </si>
   <si>
     <t>Dispečink TSS, a.s.</t>
   </si>
   <si>
     <t>mu@tssas.cz</t>
   </si>
   <si>
     <t>TSS GRADE, a.s.</t>
   </si>
   <si>
     <t>Hrdlička Viktor</t>
   </si>
   <si>
     <t>hrdlicka@tssgrade.cz</t>
   </si>
   <si>
     <t>Valenta Rail s.r.o.</t>
   </si>
   <si>
     <t>Tomáš Valenta</t>
   </si>
   <si>
     <t>tomas@valenta-rail.cz</t>
-  </si>
-[...4 lines deleted...]
-    <t>matejovsky@retrolok.com</t>
   </si>
   <si>
     <t>VIAMONT Servis a. s.</t>
   </si>
   <si>
     <t>Bc. Jiří Waicenbauer</t>
   </si>
   <si>
     <t>jiri.waicenbauer@viamont.cz</t>
   </si>
   <si>
     <t>VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>Dispečer VÍTKOVICKÁ DOPRAVA a.s.</t>
   </si>
   <si>
     <t>SA.VDP.dispo@vitkovicka-doprava.cz</t>
   </si>
   <si>
     <t>Východočeská dráha s.r.o.</t>
   </si>
   <si>
     <t>Jiří Bouška</t>
   </si>
@@ -1601,57 +1634,57 @@
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
-      <name val="Arial"/>
+      <name val="Verdana"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
-      <name val="Verdana"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1771,177 +1804,178 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -2206,759 +2240,759 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamil.kratochvil@cht.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.halay@dpb-sk.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavla.wojnarova@dpb-cz.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matejovsky@retrolok.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.moravek@deutschebahn.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milanpus@mkinet.cz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RWrana@subterra.cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo_dlb_cz@laenderbahn.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kadr.dispo@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DMiso@subterra.cz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vit.motycka@vinci-construction.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.SK@lte-group.eu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prazsky@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.odlozilik@hrosistavby.cz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hanes@strabag.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cetd.miedzynarodowy2@pkpcargo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cargom.cz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@railtrans.eu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roman.uzsak@vtg.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@jarocs.eu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:horvath@zugagency.cz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.waicenbauer@viamont.cz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.moravek@deutschebahn.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:novotny@cht.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@olomouckadopravni.cz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.CZ@lte-group.eu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zwyrtkova@zxbenet.cz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zddesna@sart.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@odos-cargo.cz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlik.jiri@azd.cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:o.havelka@railsystem.cz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@arriva.cz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kov.erail@seznam.cz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwcargo.cz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.vlasak@swietelsky.cz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@etts.cz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tratovydispecer.litvinov@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soupalova@chladek-tintera.cz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@suasgroup.cz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.pus@mkinet.cz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adrian.halay@dpb-sk.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kds1@event-zazitkovyvlak.cz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mu@tssas.cz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oldrich.penicka@cercargo.eu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@s-rail.cz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vedouciprovozu@czdplzen.cz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prokes@zubacka.cz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stehlik@ids-logirail.cz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@lokotrans.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslava.husakova.jh@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@rmlines.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@mbmr.cz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obchod@zxbenet.cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jezl@hanswendel.cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.RJUK@regiojet.cz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DispoCZ@inter-cargo.pl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerhattrain@seznam.cz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaroslav.dvoracek@epcargo.cz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@nzrail.sk" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.rehak@pedasta.cz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zivny@firesta.cz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mokry@falcon-rail.eu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@ids-cargo.cz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jktessta@seznam.cz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo-retrackcz@vtg.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.bouska@vychodoceskadraha.cz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perner@etts.cz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kral.lukas@nanlitomerice.cz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smdmp@cmail.cz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@paricz.cz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@dbv-itl.cz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leitstelle.itl@captrain.de" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linhart@usteckadraha.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz.dispo@epcargo.cz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukas.matucha@elzel.cz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecing@railtrans.eu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cer-slovakia.eu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@gwtr.cz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo.dbcargoczechia@deutschebahn.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.hlatka@gwtr.cz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:copd.miedzynarodowy3@pkpcargo.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v1-hradlo-odbyt@suas.cz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@psz.sk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:logistics@czloko.cz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlaky@gepard.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lg-svoboda@seznam.cz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zuzana.karlova@hrochostroj.cz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.rakosnik@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prochazka@e-railconstruct.cz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Radek.Cecetka@orlenunipetrol.cz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@kzc.cz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jan.popelka2@skanska.cz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hlinena@gepard.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.cernikova@swietelsky.cz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@wlc-czechia.cz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hrdlicka@tssgrade.cz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@metransrail.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakubec@nor.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@zugagency.cz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.exnar@cht-pce.cz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@cityrail.cz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas@valenta-rail.cz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miroslav.rak@strabag.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@raillog.sk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dyspozytura@cdcargo.pl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forejtkova@rcas.cz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurina@sofistikservis.cz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavla.wojnarova@dpb-cz.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispo@gjw-praha.cz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kostelnik@lokorail.sk" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:draznidoprava@re-kop.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sitdisp1@gr.cd.cz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SA.VDP.dispo@vitkovicka-doprava.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@czdplzen.cz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer.usti@pkpcargointernational.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:knizek@pirell.cz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provoz@hsl-logistik.eu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilona.kacova@skanska.cz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mintelova@intrarail.cz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispecer@osoblazsko.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrichova@tomi-remont.cz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jiri.dudic@regiojet.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DB4C420-E1D8-4CAD-A946-B0755C975C0B}">
-  <dimension ref="A1:L123"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4640FB3F-BB82-4A0C-84BE-76A9AC490C89}">
+  <dimension ref="A1:L213"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection sqref="A1:M1"/>
+      <selection activeCell="A211" sqref="A211"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="64.7109375" customWidth="1"/>
+    <col min="1" max="1" width="66.85546875" customWidth="1"/>
     <col min="2" max="2" width="34.140625" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="18.28515625" customWidth="1"/>
     <col min="5" max="6" width="37.42578125" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" customWidth="1"/>
     <col min="9" max="9" width="35.140625" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" customWidth="1"/>
     <col min="11" max="11" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20.140625" customWidth="1"/>
-    <col min="257" max="257" width="64.7109375" customWidth="1"/>
+    <col min="257" max="257" width="66.85546875" customWidth="1"/>
     <col min="258" max="258" width="34.140625" customWidth="1"/>
     <col min="259" max="259" width="17.42578125" customWidth="1"/>
     <col min="260" max="260" width="18.28515625" customWidth="1"/>
     <col min="261" max="262" width="37.42578125" customWidth="1"/>
     <col min="263" max="263" width="26" customWidth="1"/>
     <col min="264" max="264" width="15.7109375" customWidth="1"/>
     <col min="265" max="265" width="35.140625" customWidth="1"/>
     <col min="266" max="266" width="11.7109375" customWidth="1"/>
     <col min="267" max="267" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="268" max="268" width="20.140625" customWidth="1"/>
-    <col min="513" max="513" width="64.7109375" customWidth="1"/>
+    <col min="513" max="513" width="66.85546875" customWidth="1"/>
     <col min="514" max="514" width="34.140625" customWidth="1"/>
     <col min="515" max="515" width="17.42578125" customWidth="1"/>
     <col min="516" max="516" width="18.28515625" customWidth="1"/>
     <col min="517" max="518" width="37.42578125" customWidth="1"/>
     <col min="519" max="519" width="26" customWidth="1"/>
     <col min="520" max="520" width="15.7109375" customWidth="1"/>
     <col min="521" max="521" width="35.140625" customWidth="1"/>
     <col min="522" max="522" width="11.7109375" customWidth="1"/>
     <col min="523" max="523" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="524" max="524" width="20.140625" customWidth="1"/>
-    <col min="769" max="769" width="64.7109375" customWidth="1"/>
+    <col min="769" max="769" width="66.85546875" customWidth="1"/>
     <col min="770" max="770" width="34.140625" customWidth="1"/>
     <col min="771" max="771" width="17.42578125" customWidth="1"/>
     <col min="772" max="772" width="18.28515625" customWidth="1"/>
     <col min="773" max="774" width="37.42578125" customWidth="1"/>
     <col min="775" max="775" width="26" customWidth="1"/>
     <col min="776" max="776" width="15.7109375" customWidth="1"/>
     <col min="777" max="777" width="35.140625" customWidth="1"/>
     <col min="778" max="778" width="11.7109375" customWidth="1"/>
     <col min="779" max="779" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="780" max="780" width="20.140625" customWidth="1"/>
-    <col min="1025" max="1025" width="64.7109375" customWidth="1"/>
+    <col min="1025" max="1025" width="66.85546875" customWidth="1"/>
     <col min="1026" max="1026" width="34.140625" customWidth="1"/>
     <col min="1027" max="1027" width="17.42578125" customWidth="1"/>
     <col min="1028" max="1028" width="18.28515625" customWidth="1"/>
     <col min="1029" max="1030" width="37.42578125" customWidth="1"/>
     <col min="1031" max="1031" width="26" customWidth="1"/>
     <col min="1032" max="1032" width="15.7109375" customWidth="1"/>
     <col min="1033" max="1033" width="35.140625" customWidth="1"/>
     <col min="1034" max="1034" width="11.7109375" customWidth="1"/>
     <col min="1035" max="1035" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="1036" max="1036" width="20.140625" customWidth="1"/>
-    <col min="1281" max="1281" width="64.7109375" customWidth="1"/>
+    <col min="1281" max="1281" width="66.85546875" customWidth="1"/>
     <col min="1282" max="1282" width="34.140625" customWidth="1"/>
     <col min="1283" max="1283" width="17.42578125" customWidth="1"/>
     <col min="1284" max="1284" width="18.28515625" customWidth="1"/>
     <col min="1285" max="1286" width="37.42578125" customWidth="1"/>
     <col min="1287" max="1287" width="26" customWidth="1"/>
     <col min="1288" max="1288" width="15.7109375" customWidth="1"/>
     <col min="1289" max="1289" width="35.140625" customWidth="1"/>
     <col min="1290" max="1290" width="11.7109375" customWidth="1"/>
     <col min="1291" max="1291" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="1292" max="1292" width="20.140625" customWidth="1"/>
-    <col min="1537" max="1537" width="64.7109375" customWidth="1"/>
+    <col min="1537" max="1537" width="66.85546875" customWidth="1"/>
     <col min="1538" max="1538" width="34.140625" customWidth="1"/>
     <col min="1539" max="1539" width="17.42578125" customWidth="1"/>
     <col min="1540" max="1540" width="18.28515625" customWidth="1"/>
     <col min="1541" max="1542" width="37.42578125" customWidth="1"/>
     <col min="1543" max="1543" width="26" customWidth="1"/>
     <col min="1544" max="1544" width="15.7109375" customWidth="1"/>
     <col min="1545" max="1545" width="35.140625" customWidth="1"/>
     <col min="1546" max="1546" width="11.7109375" customWidth="1"/>
     <col min="1547" max="1547" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="1548" max="1548" width="20.140625" customWidth="1"/>
-    <col min="1793" max="1793" width="64.7109375" customWidth="1"/>
+    <col min="1793" max="1793" width="66.85546875" customWidth="1"/>
     <col min="1794" max="1794" width="34.140625" customWidth="1"/>
     <col min="1795" max="1795" width="17.42578125" customWidth="1"/>
     <col min="1796" max="1796" width="18.28515625" customWidth="1"/>
     <col min="1797" max="1798" width="37.42578125" customWidth="1"/>
     <col min="1799" max="1799" width="26" customWidth="1"/>
     <col min="1800" max="1800" width="15.7109375" customWidth="1"/>
     <col min="1801" max="1801" width="35.140625" customWidth="1"/>
     <col min="1802" max="1802" width="11.7109375" customWidth="1"/>
     <col min="1803" max="1803" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="1804" max="1804" width="20.140625" customWidth="1"/>
-    <col min="2049" max="2049" width="64.7109375" customWidth="1"/>
+    <col min="2049" max="2049" width="66.85546875" customWidth="1"/>
     <col min="2050" max="2050" width="34.140625" customWidth="1"/>
     <col min="2051" max="2051" width="17.42578125" customWidth="1"/>
     <col min="2052" max="2052" width="18.28515625" customWidth="1"/>
     <col min="2053" max="2054" width="37.42578125" customWidth="1"/>
     <col min="2055" max="2055" width="26" customWidth="1"/>
     <col min="2056" max="2056" width="15.7109375" customWidth="1"/>
     <col min="2057" max="2057" width="35.140625" customWidth="1"/>
     <col min="2058" max="2058" width="11.7109375" customWidth="1"/>
     <col min="2059" max="2059" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2060" max="2060" width="20.140625" customWidth="1"/>
-    <col min="2305" max="2305" width="64.7109375" customWidth="1"/>
+    <col min="2305" max="2305" width="66.85546875" customWidth="1"/>
     <col min="2306" max="2306" width="34.140625" customWidth="1"/>
     <col min="2307" max="2307" width="17.42578125" customWidth="1"/>
     <col min="2308" max="2308" width="18.28515625" customWidth="1"/>
     <col min="2309" max="2310" width="37.42578125" customWidth="1"/>
     <col min="2311" max="2311" width="26" customWidth="1"/>
     <col min="2312" max="2312" width="15.7109375" customWidth="1"/>
     <col min="2313" max="2313" width="35.140625" customWidth="1"/>
     <col min="2314" max="2314" width="11.7109375" customWidth="1"/>
     <col min="2315" max="2315" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2316" max="2316" width="20.140625" customWidth="1"/>
-    <col min="2561" max="2561" width="64.7109375" customWidth="1"/>
+    <col min="2561" max="2561" width="66.85546875" customWidth="1"/>
     <col min="2562" max="2562" width="34.140625" customWidth="1"/>
     <col min="2563" max="2563" width="17.42578125" customWidth="1"/>
     <col min="2564" max="2564" width="18.28515625" customWidth="1"/>
     <col min="2565" max="2566" width="37.42578125" customWidth="1"/>
     <col min="2567" max="2567" width="26" customWidth="1"/>
     <col min="2568" max="2568" width="15.7109375" customWidth="1"/>
     <col min="2569" max="2569" width="35.140625" customWidth="1"/>
     <col min="2570" max="2570" width="11.7109375" customWidth="1"/>
     <col min="2571" max="2571" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2572" max="2572" width="20.140625" customWidth="1"/>
-    <col min="2817" max="2817" width="64.7109375" customWidth="1"/>
+    <col min="2817" max="2817" width="66.85546875" customWidth="1"/>
     <col min="2818" max="2818" width="34.140625" customWidth="1"/>
     <col min="2819" max="2819" width="17.42578125" customWidth="1"/>
     <col min="2820" max="2820" width="18.28515625" customWidth="1"/>
     <col min="2821" max="2822" width="37.42578125" customWidth="1"/>
     <col min="2823" max="2823" width="26" customWidth="1"/>
     <col min="2824" max="2824" width="15.7109375" customWidth="1"/>
     <col min="2825" max="2825" width="35.140625" customWidth="1"/>
     <col min="2826" max="2826" width="11.7109375" customWidth="1"/>
     <col min="2827" max="2827" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="2828" max="2828" width="20.140625" customWidth="1"/>
-    <col min="3073" max="3073" width="64.7109375" customWidth="1"/>
+    <col min="3073" max="3073" width="66.85546875" customWidth="1"/>
     <col min="3074" max="3074" width="34.140625" customWidth="1"/>
     <col min="3075" max="3075" width="17.42578125" customWidth="1"/>
     <col min="3076" max="3076" width="18.28515625" customWidth="1"/>
     <col min="3077" max="3078" width="37.42578125" customWidth="1"/>
     <col min="3079" max="3079" width="26" customWidth="1"/>
     <col min="3080" max="3080" width="15.7109375" customWidth="1"/>
     <col min="3081" max="3081" width="35.140625" customWidth="1"/>
     <col min="3082" max="3082" width="11.7109375" customWidth="1"/>
     <col min="3083" max="3083" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="3084" max="3084" width="20.140625" customWidth="1"/>
-    <col min="3329" max="3329" width="64.7109375" customWidth="1"/>
+    <col min="3329" max="3329" width="66.85546875" customWidth="1"/>
     <col min="3330" max="3330" width="34.140625" customWidth="1"/>
     <col min="3331" max="3331" width="17.42578125" customWidth="1"/>
     <col min="3332" max="3332" width="18.28515625" customWidth="1"/>
     <col min="3333" max="3334" width="37.42578125" customWidth="1"/>
     <col min="3335" max="3335" width="26" customWidth="1"/>
     <col min="3336" max="3336" width="15.7109375" customWidth="1"/>
     <col min="3337" max="3337" width="35.140625" customWidth="1"/>
     <col min="3338" max="3338" width="11.7109375" customWidth="1"/>
     <col min="3339" max="3339" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="3340" max="3340" width="20.140625" customWidth="1"/>
-    <col min="3585" max="3585" width="64.7109375" customWidth="1"/>
+    <col min="3585" max="3585" width="66.85546875" customWidth="1"/>
     <col min="3586" max="3586" width="34.140625" customWidth="1"/>
     <col min="3587" max="3587" width="17.42578125" customWidth="1"/>
     <col min="3588" max="3588" width="18.28515625" customWidth="1"/>
     <col min="3589" max="3590" width="37.42578125" customWidth="1"/>
     <col min="3591" max="3591" width="26" customWidth="1"/>
     <col min="3592" max="3592" width="15.7109375" customWidth="1"/>
     <col min="3593" max="3593" width="35.140625" customWidth="1"/>
     <col min="3594" max="3594" width="11.7109375" customWidth="1"/>
     <col min="3595" max="3595" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="3596" max="3596" width="20.140625" customWidth="1"/>
-    <col min="3841" max="3841" width="64.7109375" customWidth="1"/>
+    <col min="3841" max="3841" width="66.85546875" customWidth="1"/>
     <col min="3842" max="3842" width="34.140625" customWidth="1"/>
     <col min="3843" max="3843" width="17.42578125" customWidth="1"/>
     <col min="3844" max="3844" width="18.28515625" customWidth="1"/>
     <col min="3845" max="3846" width="37.42578125" customWidth="1"/>
     <col min="3847" max="3847" width="26" customWidth="1"/>
     <col min="3848" max="3848" width="15.7109375" customWidth="1"/>
     <col min="3849" max="3849" width="35.140625" customWidth="1"/>
     <col min="3850" max="3850" width="11.7109375" customWidth="1"/>
     <col min="3851" max="3851" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="3852" max="3852" width="20.140625" customWidth="1"/>
-    <col min="4097" max="4097" width="64.7109375" customWidth="1"/>
+    <col min="4097" max="4097" width="66.85546875" customWidth="1"/>
     <col min="4098" max="4098" width="34.140625" customWidth="1"/>
     <col min="4099" max="4099" width="17.42578125" customWidth="1"/>
     <col min="4100" max="4100" width="18.28515625" customWidth="1"/>
     <col min="4101" max="4102" width="37.42578125" customWidth="1"/>
     <col min="4103" max="4103" width="26" customWidth="1"/>
     <col min="4104" max="4104" width="15.7109375" customWidth="1"/>
     <col min="4105" max="4105" width="35.140625" customWidth="1"/>
     <col min="4106" max="4106" width="11.7109375" customWidth="1"/>
     <col min="4107" max="4107" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="4108" max="4108" width="20.140625" customWidth="1"/>
-    <col min="4353" max="4353" width="64.7109375" customWidth="1"/>
+    <col min="4353" max="4353" width="66.85546875" customWidth="1"/>
     <col min="4354" max="4354" width="34.140625" customWidth="1"/>
     <col min="4355" max="4355" width="17.42578125" customWidth="1"/>
     <col min="4356" max="4356" width="18.28515625" customWidth="1"/>
     <col min="4357" max="4358" width="37.42578125" customWidth="1"/>
     <col min="4359" max="4359" width="26" customWidth="1"/>
     <col min="4360" max="4360" width="15.7109375" customWidth="1"/>
     <col min="4361" max="4361" width="35.140625" customWidth="1"/>
     <col min="4362" max="4362" width="11.7109375" customWidth="1"/>
     <col min="4363" max="4363" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="4364" max="4364" width="20.140625" customWidth="1"/>
-    <col min="4609" max="4609" width="64.7109375" customWidth="1"/>
+    <col min="4609" max="4609" width="66.85546875" customWidth="1"/>
     <col min="4610" max="4610" width="34.140625" customWidth="1"/>
     <col min="4611" max="4611" width="17.42578125" customWidth="1"/>
     <col min="4612" max="4612" width="18.28515625" customWidth="1"/>
     <col min="4613" max="4614" width="37.42578125" customWidth="1"/>
     <col min="4615" max="4615" width="26" customWidth="1"/>
     <col min="4616" max="4616" width="15.7109375" customWidth="1"/>
     <col min="4617" max="4617" width="35.140625" customWidth="1"/>
     <col min="4618" max="4618" width="11.7109375" customWidth="1"/>
     <col min="4619" max="4619" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="4620" max="4620" width="20.140625" customWidth="1"/>
-    <col min="4865" max="4865" width="64.7109375" customWidth="1"/>
+    <col min="4865" max="4865" width="66.85546875" customWidth="1"/>
     <col min="4866" max="4866" width="34.140625" customWidth="1"/>
     <col min="4867" max="4867" width="17.42578125" customWidth="1"/>
     <col min="4868" max="4868" width="18.28515625" customWidth="1"/>
     <col min="4869" max="4870" width="37.42578125" customWidth="1"/>
     <col min="4871" max="4871" width="26" customWidth="1"/>
     <col min="4872" max="4872" width="15.7109375" customWidth="1"/>
     <col min="4873" max="4873" width="35.140625" customWidth="1"/>
     <col min="4874" max="4874" width="11.7109375" customWidth="1"/>
     <col min="4875" max="4875" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="4876" max="4876" width="20.140625" customWidth="1"/>
-    <col min="5121" max="5121" width="64.7109375" customWidth="1"/>
+    <col min="5121" max="5121" width="66.85546875" customWidth="1"/>
     <col min="5122" max="5122" width="34.140625" customWidth="1"/>
     <col min="5123" max="5123" width="17.42578125" customWidth="1"/>
     <col min="5124" max="5124" width="18.28515625" customWidth="1"/>
     <col min="5125" max="5126" width="37.42578125" customWidth="1"/>
     <col min="5127" max="5127" width="26" customWidth="1"/>
     <col min="5128" max="5128" width="15.7109375" customWidth="1"/>
     <col min="5129" max="5129" width="35.140625" customWidth="1"/>
     <col min="5130" max="5130" width="11.7109375" customWidth="1"/>
     <col min="5131" max="5131" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="5132" max="5132" width="20.140625" customWidth="1"/>
-    <col min="5377" max="5377" width="64.7109375" customWidth="1"/>
+    <col min="5377" max="5377" width="66.85546875" customWidth="1"/>
     <col min="5378" max="5378" width="34.140625" customWidth="1"/>
     <col min="5379" max="5379" width="17.42578125" customWidth="1"/>
     <col min="5380" max="5380" width="18.28515625" customWidth="1"/>
     <col min="5381" max="5382" width="37.42578125" customWidth="1"/>
     <col min="5383" max="5383" width="26" customWidth="1"/>
     <col min="5384" max="5384" width="15.7109375" customWidth="1"/>
     <col min="5385" max="5385" width="35.140625" customWidth="1"/>
     <col min="5386" max="5386" width="11.7109375" customWidth="1"/>
     <col min="5387" max="5387" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="5388" max="5388" width="20.140625" customWidth="1"/>
-    <col min="5633" max="5633" width="64.7109375" customWidth="1"/>
+    <col min="5633" max="5633" width="66.85546875" customWidth="1"/>
     <col min="5634" max="5634" width="34.140625" customWidth="1"/>
     <col min="5635" max="5635" width="17.42578125" customWidth="1"/>
     <col min="5636" max="5636" width="18.28515625" customWidth="1"/>
     <col min="5637" max="5638" width="37.42578125" customWidth="1"/>
     <col min="5639" max="5639" width="26" customWidth="1"/>
     <col min="5640" max="5640" width="15.7109375" customWidth="1"/>
     <col min="5641" max="5641" width="35.140625" customWidth="1"/>
     <col min="5642" max="5642" width="11.7109375" customWidth="1"/>
     <col min="5643" max="5643" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="5644" max="5644" width="20.140625" customWidth="1"/>
-    <col min="5889" max="5889" width="64.7109375" customWidth="1"/>
+    <col min="5889" max="5889" width="66.85546875" customWidth="1"/>
     <col min="5890" max="5890" width="34.140625" customWidth="1"/>
     <col min="5891" max="5891" width="17.42578125" customWidth="1"/>
     <col min="5892" max="5892" width="18.28515625" customWidth="1"/>
     <col min="5893" max="5894" width="37.42578125" customWidth="1"/>
     <col min="5895" max="5895" width="26" customWidth="1"/>
     <col min="5896" max="5896" width="15.7109375" customWidth="1"/>
     <col min="5897" max="5897" width="35.140625" customWidth="1"/>
     <col min="5898" max="5898" width="11.7109375" customWidth="1"/>
     <col min="5899" max="5899" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="5900" max="5900" width="20.140625" customWidth="1"/>
-    <col min="6145" max="6145" width="64.7109375" customWidth="1"/>
+    <col min="6145" max="6145" width="66.85546875" customWidth="1"/>
     <col min="6146" max="6146" width="34.140625" customWidth="1"/>
     <col min="6147" max="6147" width="17.42578125" customWidth="1"/>
     <col min="6148" max="6148" width="18.28515625" customWidth="1"/>
     <col min="6149" max="6150" width="37.42578125" customWidth="1"/>
     <col min="6151" max="6151" width="26" customWidth="1"/>
     <col min="6152" max="6152" width="15.7109375" customWidth="1"/>
     <col min="6153" max="6153" width="35.140625" customWidth="1"/>
     <col min="6154" max="6154" width="11.7109375" customWidth="1"/>
     <col min="6155" max="6155" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="6156" max="6156" width="20.140625" customWidth="1"/>
-    <col min="6401" max="6401" width="64.7109375" customWidth="1"/>
+    <col min="6401" max="6401" width="66.85546875" customWidth="1"/>
     <col min="6402" max="6402" width="34.140625" customWidth="1"/>
     <col min="6403" max="6403" width="17.42578125" customWidth="1"/>
     <col min="6404" max="6404" width="18.28515625" customWidth="1"/>
     <col min="6405" max="6406" width="37.42578125" customWidth="1"/>
     <col min="6407" max="6407" width="26" customWidth="1"/>
     <col min="6408" max="6408" width="15.7109375" customWidth="1"/>
     <col min="6409" max="6409" width="35.140625" customWidth="1"/>
     <col min="6410" max="6410" width="11.7109375" customWidth="1"/>
     <col min="6411" max="6411" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="6412" max="6412" width="20.140625" customWidth="1"/>
-    <col min="6657" max="6657" width="64.7109375" customWidth="1"/>
+    <col min="6657" max="6657" width="66.85546875" customWidth="1"/>
     <col min="6658" max="6658" width="34.140625" customWidth="1"/>
     <col min="6659" max="6659" width="17.42578125" customWidth="1"/>
     <col min="6660" max="6660" width="18.28515625" customWidth="1"/>
     <col min="6661" max="6662" width="37.42578125" customWidth="1"/>
     <col min="6663" max="6663" width="26" customWidth="1"/>
     <col min="6664" max="6664" width="15.7109375" customWidth="1"/>
     <col min="6665" max="6665" width="35.140625" customWidth="1"/>
     <col min="6666" max="6666" width="11.7109375" customWidth="1"/>
     <col min="6667" max="6667" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="6668" max="6668" width="20.140625" customWidth="1"/>
-    <col min="6913" max="6913" width="64.7109375" customWidth="1"/>
+    <col min="6913" max="6913" width="66.85546875" customWidth="1"/>
     <col min="6914" max="6914" width="34.140625" customWidth="1"/>
     <col min="6915" max="6915" width="17.42578125" customWidth="1"/>
     <col min="6916" max="6916" width="18.28515625" customWidth="1"/>
     <col min="6917" max="6918" width="37.42578125" customWidth="1"/>
     <col min="6919" max="6919" width="26" customWidth="1"/>
     <col min="6920" max="6920" width="15.7109375" customWidth="1"/>
     <col min="6921" max="6921" width="35.140625" customWidth="1"/>
     <col min="6922" max="6922" width="11.7109375" customWidth="1"/>
     <col min="6923" max="6923" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="6924" max="6924" width="20.140625" customWidth="1"/>
-    <col min="7169" max="7169" width="64.7109375" customWidth="1"/>
+    <col min="7169" max="7169" width="66.85546875" customWidth="1"/>
     <col min="7170" max="7170" width="34.140625" customWidth="1"/>
     <col min="7171" max="7171" width="17.42578125" customWidth="1"/>
     <col min="7172" max="7172" width="18.28515625" customWidth="1"/>
     <col min="7173" max="7174" width="37.42578125" customWidth="1"/>
     <col min="7175" max="7175" width="26" customWidth="1"/>
     <col min="7176" max="7176" width="15.7109375" customWidth="1"/>
     <col min="7177" max="7177" width="35.140625" customWidth="1"/>
     <col min="7178" max="7178" width="11.7109375" customWidth="1"/>
     <col min="7179" max="7179" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7180" max="7180" width="20.140625" customWidth="1"/>
-    <col min="7425" max="7425" width="64.7109375" customWidth="1"/>
+    <col min="7425" max="7425" width="66.85546875" customWidth="1"/>
     <col min="7426" max="7426" width="34.140625" customWidth="1"/>
     <col min="7427" max="7427" width="17.42578125" customWidth="1"/>
     <col min="7428" max="7428" width="18.28515625" customWidth="1"/>
     <col min="7429" max="7430" width="37.42578125" customWidth="1"/>
     <col min="7431" max="7431" width="26" customWidth="1"/>
     <col min="7432" max="7432" width="15.7109375" customWidth="1"/>
     <col min="7433" max="7433" width="35.140625" customWidth="1"/>
     <col min="7434" max="7434" width="11.7109375" customWidth="1"/>
     <col min="7435" max="7435" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7436" max="7436" width="20.140625" customWidth="1"/>
-    <col min="7681" max="7681" width="64.7109375" customWidth="1"/>
+    <col min="7681" max="7681" width="66.85546875" customWidth="1"/>
     <col min="7682" max="7682" width="34.140625" customWidth="1"/>
     <col min="7683" max="7683" width="17.42578125" customWidth="1"/>
     <col min="7684" max="7684" width="18.28515625" customWidth="1"/>
     <col min="7685" max="7686" width="37.42578125" customWidth="1"/>
     <col min="7687" max="7687" width="26" customWidth="1"/>
     <col min="7688" max="7688" width="15.7109375" customWidth="1"/>
     <col min="7689" max="7689" width="35.140625" customWidth="1"/>
     <col min="7690" max="7690" width="11.7109375" customWidth="1"/>
     <col min="7691" max="7691" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7692" max="7692" width="20.140625" customWidth="1"/>
-    <col min="7937" max="7937" width="64.7109375" customWidth="1"/>
+    <col min="7937" max="7937" width="66.85546875" customWidth="1"/>
     <col min="7938" max="7938" width="34.140625" customWidth="1"/>
     <col min="7939" max="7939" width="17.42578125" customWidth="1"/>
     <col min="7940" max="7940" width="18.28515625" customWidth="1"/>
     <col min="7941" max="7942" width="37.42578125" customWidth="1"/>
     <col min="7943" max="7943" width="26" customWidth="1"/>
     <col min="7944" max="7944" width="15.7109375" customWidth="1"/>
     <col min="7945" max="7945" width="35.140625" customWidth="1"/>
     <col min="7946" max="7946" width="11.7109375" customWidth="1"/>
     <col min="7947" max="7947" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7948" max="7948" width="20.140625" customWidth="1"/>
-    <col min="8193" max="8193" width="64.7109375" customWidth="1"/>
+    <col min="8193" max="8193" width="66.85546875" customWidth="1"/>
     <col min="8194" max="8194" width="34.140625" customWidth="1"/>
     <col min="8195" max="8195" width="17.42578125" customWidth="1"/>
     <col min="8196" max="8196" width="18.28515625" customWidth="1"/>
     <col min="8197" max="8198" width="37.42578125" customWidth="1"/>
     <col min="8199" max="8199" width="26" customWidth="1"/>
     <col min="8200" max="8200" width="15.7109375" customWidth="1"/>
     <col min="8201" max="8201" width="35.140625" customWidth="1"/>
     <col min="8202" max="8202" width="11.7109375" customWidth="1"/>
     <col min="8203" max="8203" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="8204" max="8204" width="20.140625" customWidth="1"/>
-    <col min="8449" max="8449" width="64.7109375" customWidth="1"/>
+    <col min="8449" max="8449" width="66.85546875" customWidth="1"/>
     <col min="8450" max="8450" width="34.140625" customWidth="1"/>
     <col min="8451" max="8451" width="17.42578125" customWidth="1"/>
     <col min="8452" max="8452" width="18.28515625" customWidth="1"/>
     <col min="8453" max="8454" width="37.42578125" customWidth="1"/>
     <col min="8455" max="8455" width="26" customWidth="1"/>
     <col min="8456" max="8456" width="15.7109375" customWidth="1"/>
     <col min="8457" max="8457" width="35.140625" customWidth="1"/>
     <col min="8458" max="8458" width="11.7109375" customWidth="1"/>
     <col min="8459" max="8459" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="8460" max="8460" width="20.140625" customWidth="1"/>
-    <col min="8705" max="8705" width="64.7109375" customWidth="1"/>
+    <col min="8705" max="8705" width="66.85546875" customWidth="1"/>
     <col min="8706" max="8706" width="34.140625" customWidth="1"/>
     <col min="8707" max="8707" width="17.42578125" customWidth="1"/>
     <col min="8708" max="8708" width="18.28515625" customWidth="1"/>
     <col min="8709" max="8710" width="37.42578125" customWidth="1"/>
     <col min="8711" max="8711" width="26" customWidth="1"/>
     <col min="8712" max="8712" width="15.7109375" customWidth="1"/>
     <col min="8713" max="8713" width="35.140625" customWidth="1"/>
     <col min="8714" max="8714" width="11.7109375" customWidth="1"/>
     <col min="8715" max="8715" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="8716" max="8716" width="20.140625" customWidth="1"/>
-    <col min="8961" max="8961" width="64.7109375" customWidth="1"/>
+    <col min="8961" max="8961" width="66.85546875" customWidth="1"/>
     <col min="8962" max="8962" width="34.140625" customWidth="1"/>
     <col min="8963" max="8963" width="17.42578125" customWidth="1"/>
     <col min="8964" max="8964" width="18.28515625" customWidth="1"/>
     <col min="8965" max="8966" width="37.42578125" customWidth="1"/>
     <col min="8967" max="8967" width="26" customWidth="1"/>
     <col min="8968" max="8968" width="15.7109375" customWidth="1"/>
     <col min="8969" max="8969" width="35.140625" customWidth="1"/>
     <col min="8970" max="8970" width="11.7109375" customWidth="1"/>
     <col min="8971" max="8971" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="8972" max="8972" width="20.140625" customWidth="1"/>
-    <col min="9217" max="9217" width="64.7109375" customWidth="1"/>
+    <col min="9217" max="9217" width="66.85546875" customWidth="1"/>
     <col min="9218" max="9218" width="34.140625" customWidth="1"/>
     <col min="9219" max="9219" width="17.42578125" customWidth="1"/>
     <col min="9220" max="9220" width="18.28515625" customWidth="1"/>
     <col min="9221" max="9222" width="37.42578125" customWidth="1"/>
     <col min="9223" max="9223" width="26" customWidth="1"/>
     <col min="9224" max="9224" width="15.7109375" customWidth="1"/>
     <col min="9225" max="9225" width="35.140625" customWidth="1"/>
     <col min="9226" max="9226" width="11.7109375" customWidth="1"/>
     <col min="9227" max="9227" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="9228" max="9228" width="20.140625" customWidth="1"/>
-    <col min="9473" max="9473" width="64.7109375" customWidth="1"/>
+    <col min="9473" max="9473" width="66.85546875" customWidth="1"/>
     <col min="9474" max="9474" width="34.140625" customWidth="1"/>
     <col min="9475" max="9475" width="17.42578125" customWidth="1"/>
     <col min="9476" max="9476" width="18.28515625" customWidth="1"/>
     <col min="9477" max="9478" width="37.42578125" customWidth="1"/>
     <col min="9479" max="9479" width="26" customWidth="1"/>
     <col min="9480" max="9480" width="15.7109375" customWidth="1"/>
     <col min="9481" max="9481" width="35.140625" customWidth="1"/>
     <col min="9482" max="9482" width="11.7109375" customWidth="1"/>
     <col min="9483" max="9483" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="9484" max="9484" width="20.140625" customWidth="1"/>
-    <col min="9729" max="9729" width="64.7109375" customWidth="1"/>
+    <col min="9729" max="9729" width="66.85546875" customWidth="1"/>
     <col min="9730" max="9730" width="34.140625" customWidth="1"/>
     <col min="9731" max="9731" width="17.42578125" customWidth="1"/>
     <col min="9732" max="9732" width="18.28515625" customWidth="1"/>
     <col min="9733" max="9734" width="37.42578125" customWidth="1"/>
     <col min="9735" max="9735" width="26" customWidth="1"/>
     <col min="9736" max="9736" width="15.7109375" customWidth="1"/>
     <col min="9737" max="9737" width="35.140625" customWidth="1"/>
     <col min="9738" max="9738" width="11.7109375" customWidth="1"/>
     <col min="9739" max="9739" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="9740" max="9740" width="20.140625" customWidth="1"/>
-    <col min="9985" max="9985" width="64.7109375" customWidth="1"/>
+    <col min="9985" max="9985" width="66.85546875" customWidth="1"/>
     <col min="9986" max="9986" width="34.140625" customWidth="1"/>
     <col min="9987" max="9987" width="17.42578125" customWidth="1"/>
     <col min="9988" max="9988" width="18.28515625" customWidth="1"/>
     <col min="9989" max="9990" width="37.42578125" customWidth="1"/>
     <col min="9991" max="9991" width="26" customWidth="1"/>
     <col min="9992" max="9992" width="15.7109375" customWidth="1"/>
     <col min="9993" max="9993" width="35.140625" customWidth="1"/>
     <col min="9994" max="9994" width="11.7109375" customWidth="1"/>
     <col min="9995" max="9995" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="9996" max="9996" width="20.140625" customWidth="1"/>
-    <col min="10241" max="10241" width="64.7109375" customWidth="1"/>
+    <col min="10241" max="10241" width="66.85546875" customWidth="1"/>
     <col min="10242" max="10242" width="34.140625" customWidth="1"/>
     <col min="10243" max="10243" width="17.42578125" customWidth="1"/>
     <col min="10244" max="10244" width="18.28515625" customWidth="1"/>
     <col min="10245" max="10246" width="37.42578125" customWidth="1"/>
     <col min="10247" max="10247" width="26" customWidth="1"/>
     <col min="10248" max="10248" width="15.7109375" customWidth="1"/>
     <col min="10249" max="10249" width="35.140625" customWidth="1"/>
     <col min="10250" max="10250" width="11.7109375" customWidth="1"/>
     <col min="10251" max="10251" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="10252" max="10252" width="20.140625" customWidth="1"/>
-    <col min="10497" max="10497" width="64.7109375" customWidth="1"/>
+    <col min="10497" max="10497" width="66.85546875" customWidth="1"/>
     <col min="10498" max="10498" width="34.140625" customWidth="1"/>
     <col min="10499" max="10499" width="17.42578125" customWidth="1"/>
     <col min="10500" max="10500" width="18.28515625" customWidth="1"/>
     <col min="10501" max="10502" width="37.42578125" customWidth="1"/>
     <col min="10503" max="10503" width="26" customWidth="1"/>
     <col min="10504" max="10504" width="15.7109375" customWidth="1"/>
     <col min="10505" max="10505" width="35.140625" customWidth="1"/>
     <col min="10506" max="10506" width="11.7109375" customWidth="1"/>
     <col min="10507" max="10507" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="10508" max="10508" width="20.140625" customWidth="1"/>
-    <col min="10753" max="10753" width="64.7109375" customWidth="1"/>
+    <col min="10753" max="10753" width="66.85546875" customWidth="1"/>
     <col min="10754" max="10754" width="34.140625" customWidth="1"/>
     <col min="10755" max="10755" width="17.42578125" customWidth="1"/>
     <col min="10756" max="10756" width="18.28515625" customWidth="1"/>
     <col min="10757" max="10758" width="37.42578125" customWidth="1"/>
     <col min="10759" max="10759" width="26" customWidth="1"/>
     <col min="10760" max="10760" width="15.7109375" customWidth="1"/>
     <col min="10761" max="10761" width="35.140625" customWidth="1"/>
     <col min="10762" max="10762" width="11.7109375" customWidth="1"/>
     <col min="10763" max="10763" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="10764" max="10764" width="20.140625" customWidth="1"/>
-    <col min="11009" max="11009" width="64.7109375" customWidth="1"/>
+    <col min="11009" max="11009" width="66.85546875" customWidth="1"/>
     <col min="11010" max="11010" width="34.140625" customWidth="1"/>
     <col min="11011" max="11011" width="17.42578125" customWidth="1"/>
     <col min="11012" max="11012" width="18.28515625" customWidth="1"/>
     <col min="11013" max="11014" width="37.42578125" customWidth="1"/>
     <col min="11015" max="11015" width="26" customWidth="1"/>
     <col min="11016" max="11016" width="15.7109375" customWidth="1"/>
     <col min="11017" max="11017" width="35.140625" customWidth="1"/>
     <col min="11018" max="11018" width="11.7109375" customWidth="1"/>
     <col min="11019" max="11019" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="11020" max="11020" width="20.140625" customWidth="1"/>
-    <col min="11265" max="11265" width="64.7109375" customWidth="1"/>
+    <col min="11265" max="11265" width="66.85546875" customWidth="1"/>
     <col min="11266" max="11266" width="34.140625" customWidth="1"/>
     <col min="11267" max="11267" width="17.42578125" customWidth="1"/>
     <col min="11268" max="11268" width="18.28515625" customWidth="1"/>
     <col min="11269" max="11270" width="37.42578125" customWidth="1"/>
     <col min="11271" max="11271" width="26" customWidth="1"/>
     <col min="11272" max="11272" width="15.7109375" customWidth="1"/>
     <col min="11273" max="11273" width="35.140625" customWidth="1"/>
     <col min="11274" max="11274" width="11.7109375" customWidth="1"/>
     <col min="11275" max="11275" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="11276" max="11276" width="20.140625" customWidth="1"/>
-    <col min="11521" max="11521" width="64.7109375" customWidth="1"/>
+    <col min="11521" max="11521" width="66.85546875" customWidth="1"/>
     <col min="11522" max="11522" width="34.140625" customWidth="1"/>
     <col min="11523" max="11523" width="17.42578125" customWidth="1"/>
     <col min="11524" max="11524" width="18.28515625" customWidth="1"/>
     <col min="11525" max="11526" width="37.42578125" customWidth="1"/>
     <col min="11527" max="11527" width="26" customWidth="1"/>
     <col min="11528" max="11528" width="15.7109375" customWidth="1"/>
     <col min="11529" max="11529" width="35.140625" customWidth="1"/>
     <col min="11530" max="11530" width="11.7109375" customWidth="1"/>
     <col min="11531" max="11531" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="11532" max="11532" width="20.140625" customWidth="1"/>
-    <col min="11777" max="11777" width="64.7109375" customWidth="1"/>
+    <col min="11777" max="11777" width="66.85546875" customWidth="1"/>
     <col min="11778" max="11778" width="34.140625" customWidth="1"/>
     <col min="11779" max="11779" width="17.42578125" customWidth="1"/>
     <col min="11780" max="11780" width="18.28515625" customWidth="1"/>
     <col min="11781" max="11782" width="37.42578125" customWidth="1"/>
     <col min="11783" max="11783" width="26" customWidth="1"/>
     <col min="11784" max="11784" width="15.7109375" customWidth="1"/>
     <col min="11785" max="11785" width="35.140625" customWidth="1"/>
     <col min="11786" max="11786" width="11.7109375" customWidth="1"/>
     <col min="11787" max="11787" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="11788" max="11788" width="20.140625" customWidth="1"/>
-    <col min="12033" max="12033" width="64.7109375" customWidth="1"/>
+    <col min="12033" max="12033" width="66.85546875" customWidth="1"/>
     <col min="12034" max="12034" width="34.140625" customWidth="1"/>
     <col min="12035" max="12035" width="17.42578125" customWidth="1"/>
     <col min="12036" max="12036" width="18.28515625" customWidth="1"/>
     <col min="12037" max="12038" width="37.42578125" customWidth="1"/>
     <col min="12039" max="12039" width="26" customWidth="1"/>
     <col min="12040" max="12040" width="15.7109375" customWidth="1"/>
     <col min="12041" max="12041" width="35.140625" customWidth="1"/>
     <col min="12042" max="12042" width="11.7109375" customWidth="1"/>
     <col min="12043" max="12043" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12044" max="12044" width="20.140625" customWidth="1"/>
-    <col min="12289" max="12289" width="64.7109375" customWidth="1"/>
+    <col min="12289" max="12289" width="66.85546875" customWidth="1"/>
     <col min="12290" max="12290" width="34.140625" customWidth="1"/>
     <col min="12291" max="12291" width="17.42578125" customWidth="1"/>
     <col min="12292" max="12292" width="18.28515625" customWidth="1"/>
     <col min="12293" max="12294" width="37.42578125" customWidth="1"/>
     <col min="12295" max="12295" width="26" customWidth="1"/>
     <col min="12296" max="12296" width="15.7109375" customWidth="1"/>
     <col min="12297" max="12297" width="35.140625" customWidth="1"/>
     <col min="12298" max="12298" width="11.7109375" customWidth="1"/>
     <col min="12299" max="12299" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12300" max="12300" width="20.140625" customWidth="1"/>
-    <col min="12545" max="12545" width="64.7109375" customWidth="1"/>
+    <col min="12545" max="12545" width="66.85546875" customWidth="1"/>
     <col min="12546" max="12546" width="34.140625" customWidth="1"/>
     <col min="12547" max="12547" width="17.42578125" customWidth="1"/>
     <col min="12548" max="12548" width="18.28515625" customWidth="1"/>
     <col min="12549" max="12550" width="37.42578125" customWidth="1"/>
     <col min="12551" max="12551" width="26" customWidth="1"/>
     <col min="12552" max="12552" width="15.7109375" customWidth="1"/>
     <col min="12553" max="12553" width="35.140625" customWidth="1"/>
     <col min="12554" max="12554" width="11.7109375" customWidth="1"/>
     <col min="12555" max="12555" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12556" max="12556" width="20.140625" customWidth="1"/>
-    <col min="12801" max="12801" width="64.7109375" customWidth="1"/>
+    <col min="12801" max="12801" width="66.85546875" customWidth="1"/>
     <col min="12802" max="12802" width="34.140625" customWidth="1"/>
     <col min="12803" max="12803" width="17.42578125" customWidth="1"/>
     <col min="12804" max="12804" width="18.28515625" customWidth="1"/>
     <col min="12805" max="12806" width="37.42578125" customWidth="1"/>
     <col min="12807" max="12807" width="26" customWidth="1"/>
     <col min="12808" max="12808" width="15.7109375" customWidth="1"/>
     <col min="12809" max="12809" width="35.140625" customWidth="1"/>
     <col min="12810" max="12810" width="11.7109375" customWidth="1"/>
     <col min="12811" max="12811" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="12812" max="12812" width="20.140625" customWidth="1"/>
-    <col min="13057" max="13057" width="64.7109375" customWidth="1"/>
+    <col min="13057" max="13057" width="66.85546875" customWidth="1"/>
     <col min="13058" max="13058" width="34.140625" customWidth="1"/>
     <col min="13059" max="13059" width="17.42578125" customWidth="1"/>
     <col min="13060" max="13060" width="18.28515625" customWidth="1"/>
     <col min="13061" max="13062" width="37.42578125" customWidth="1"/>
     <col min="13063" max="13063" width="26" customWidth="1"/>
     <col min="13064" max="13064" width="15.7109375" customWidth="1"/>
     <col min="13065" max="13065" width="35.140625" customWidth="1"/>
     <col min="13066" max="13066" width="11.7109375" customWidth="1"/>
     <col min="13067" max="13067" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="13068" max="13068" width="20.140625" customWidth="1"/>
-    <col min="13313" max="13313" width="64.7109375" customWidth="1"/>
+    <col min="13313" max="13313" width="66.85546875" customWidth="1"/>
     <col min="13314" max="13314" width="34.140625" customWidth="1"/>
     <col min="13315" max="13315" width="17.42578125" customWidth="1"/>
     <col min="13316" max="13316" width="18.28515625" customWidth="1"/>
     <col min="13317" max="13318" width="37.42578125" customWidth="1"/>
     <col min="13319" max="13319" width="26" customWidth="1"/>
     <col min="13320" max="13320" width="15.7109375" customWidth="1"/>
     <col min="13321" max="13321" width="35.140625" customWidth="1"/>
     <col min="13322" max="13322" width="11.7109375" customWidth="1"/>
     <col min="13323" max="13323" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="13324" max="13324" width="20.140625" customWidth="1"/>
-    <col min="13569" max="13569" width="64.7109375" customWidth="1"/>
+    <col min="13569" max="13569" width="66.85546875" customWidth="1"/>
     <col min="13570" max="13570" width="34.140625" customWidth="1"/>
     <col min="13571" max="13571" width="17.42578125" customWidth="1"/>
     <col min="13572" max="13572" width="18.28515625" customWidth="1"/>
     <col min="13573" max="13574" width="37.42578125" customWidth="1"/>
     <col min="13575" max="13575" width="26" customWidth="1"/>
     <col min="13576" max="13576" width="15.7109375" customWidth="1"/>
     <col min="13577" max="13577" width="35.140625" customWidth="1"/>
     <col min="13578" max="13578" width="11.7109375" customWidth="1"/>
     <col min="13579" max="13579" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="13580" max="13580" width="20.140625" customWidth="1"/>
-    <col min="13825" max="13825" width="64.7109375" customWidth="1"/>
+    <col min="13825" max="13825" width="66.85546875" customWidth="1"/>
     <col min="13826" max="13826" width="34.140625" customWidth="1"/>
     <col min="13827" max="13827" width="17.42578125" customWidth="1"/>
     <col min="13828" max="13828" width="18.28515625" customWidth="1"/>
     <col min="13829" max="13830" width="37.42578125" customWidth="1"/>
     <col min="13831" max="13831" width="26" customWidth="1"/>
     <col min="13832" max="13832" width="15.7109375" customWidth="1"/>
     <col min="13833" max="13833" width="35.140625" customWidth="1"/>
     <col min="13834" max="13834" width="11.7109375" customWidth="1"/>
     <col min="13835" max="13835" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="13836" max="13836" width="20.140625" customWidth="1"/>
-    <col min="14081" max="14081" width="64.7109375" customWidth="1"/>
+    <col min="14081" max="14081" width="66.85546875" customWidth="1"/>
     <col min="14082" max="14082" width="34.140625" customWidth="1"/>
     <col min="14083" max="14083" width="17.42578125" customWidth="1"/>
     <col min="14084" max="14084" width="18.28515625" customWidth="1"/>
     <col min="14085" max="14086" width="37.42578125" customWidth="1"/>
     <col min="14087" max="14087" width="26" customWidth="1"/>
     <col min="14088" max="14088" width="15.7109375" customWidth="1"/>
     <col min="14089" max="14089" width="35.140625" customWidth="1"/>
     <col min="14090" max="14090" width="11.7109375" customWidth="1"/>
     <col min="14091" max="14091" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="14092" max="14092" width="20.140625" customWidth="1"/>
-    <col min="14337" max="14337" width="64.7109375" customWidth="1"/>
+    <col min="14337" max="14337" width="66.85546875" customWidth="1"/>
     <col min="14338" max="14338" width="34.140625" customWidth="1"/>
     <col min="14339" max="14339" width="17.42578125" customWidth="1"/>
     <col min="14340" max="14340" width="18.28515625" customWidth="1"/>
     <col min="14341" max="14342" width="37.42578125" customWidth="1"/>
     <col min="14343" max="14343" width="26" customWidth="1"/>
     <col min="14344" max="14344" width="15.7109375" customWidth="1"/>
     <col min="14345" max="14345" width="35.140625" customWidth="1"/>
     <col min="14346" max="14346" width="11.7109375" customWidth="1"/>
     <col min="14347" max="14347" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="14348" max="14348" width="20.140625" customWidth="1"/>
-    <col min="14593" max="14593" width="64.7109375" customWidth="1"/>
+    <col min="14593" max="14593" width="66.85546875" customWidth="1"/>
     <col min="14594" max="14594" width="34.140625" customWidth="1"/>
     <col min="14595" max="14595" width="17.42578125" customWidth="1"/>
     <col min="14596" max="14596" width="18.28515625" customWidth="1"/>
     <col min="14597" max="14598" width="37.42578125" customWidth="1"/>
     <col min="14599" max="14599" width="26" customWidth="1"/>
     <col min="14600" max="14600" width="15.7109375" customWidth="1"/>
     <col min="14601" max="14601" width="35.140625" customWidth="1"/>
     <col min="14602" max="14602" width="11.7109375" customWidth="1"/>
     <col min="14603" max="14603" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="14604" max="14604" width="20.140625" customWidth="1"/>
-    <col min="14849" max="14849" width="64.7109375" customWidth="1"/>
+    <col min="14849" max="14849" width="66.85546875" customWidth="1"/>
     <col min="14850" max="14850" width="34.140625" customWidth="1"/>
     <col min="14851" max="14851" width="17.42578125" customWidth="1"/>
     <col min="14852" max="14852" width="18.28515625" customWidth="1"/>
     <col min="14853" max="14854" width="37.42578125" customWidth="1"/>
     <col min="14855" max="14855" width="26" customWidth="1"/>
     <col min="14856" max="14856" width="15.7109375" customWidth="1"/>
     <col min="14857" max="14857" width="35.140625" customWidth="1"/>
     <col min="14858" max="14858" width="11.7109375" customWidth="1"/>
     <col min="14859" max="14859" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="14860" max="14860" width="20.140625" customWidth="1"/>
-    <col min="15105" max="15105" width="64.7109375" customWidth="1"/>
+    <col min="15105" max="15105" width="66.85546875" customWidth="1"/>
     <col min="15106" max="15106" width="34.140625" customWidth="1"/>
     <col min="15107" max="15107" width="17.42578125" customWidth="1"/>
     <col min="15108" max="15108" width="18.28515625" customWidth="1"/>
     <col min="15109" max="15110" width="37.42578125" customWidth="1"/>
     <col min="15111" max="15111" width="26" customWidth="1"/>
     <col min="15112" max="15112" width="15.7109375" customWidth="1"/>
     <col min="15113" max="15113" width="35.140625" customWidth="1"/>
     <col min="15114" max="15114" width="11.7109375" customWidth="1"/>
     <col min="15115" max="15115" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="15116" max="15116" width="20.140625" customWidth="1"/>
-    <col min="15361" max="15361" width="64.7109375" customWidth="1"/>
+    <col min="15361" max="15361" width="66.85546875" customWidth="1"/>
     <col min="15362" max="15362" width="34.140625" customWidth="1"/>
     <col min="15363" max="15363" width="17.42578125" customWidth="1"/>
     <col min="15364" max="15364" width="18.28515625" customWidth="1"/>
     <col min="15365" max="15366" width="37.42578125" customWidth="1"/>
     <col min="15367" max="15367" width="26" customWidth="1"/>
     <col min="15368" max="15368" width="15.7109375" customWidth="1"/>
     <col min="15369" max="15369" width="35.140625" customWidth="1"/>
     <col min="15370" max="15370" width="11.7109375" customWidth="1"/>
     <col min="15371" max="15371" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="15372" max="15372" width="20.140625" customWidth="1"/>
-    <col min="15617" max="15617" width="64.7109375" customWidth="1"/>
+    <col min="15617" max="15617" width="66.85546875" customWidth="1"/>
     <col min="15618" max="15618" width="34.140625" customWidth="1"/>
     <col min="15619" max="15619" width="17.42578125" customWidth="1"/>
     <col min="15620" max="15620" width="18.28515625" customWidth="1"/>
     <col min="15621" max="15622" width="37.42578125" customWidth="1"/>
     <col min="15623" max="15623" width="26" customWidth="1"/>
     <col min="15624" max="15624" width="15.7109375" customWidth="1"/>
     <col min="15625" max="15625" width="35.140625" customWidth="1"/>
     <col min="15626" max="15626" width="11.7109375" customWidth="1"/>
     <col min="15627" max="15627" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="15628" max="15628" width="20.140625" customWidth="1"/>
-    <col min="15873" max="15873" width="64.7109375" customWidth="1"/>
+    <col min="15873" max="15873" width="66.85546875" customWidth="1"/>
     <col min="15874" max="15874" width="34.140625" customWidth="1"/>
     <col min="15875" max="15875" width="17.42578125" customWidth="1"/>
     <col min="15876" max="15876" width="18.28515625" customWidth="1"/>
     <col min="15877" max="15878" width="37.42578125" customWidth="1"/>
     <col min="15879" max="15879" width="26" customWidth="1"/>
     <col min="15880" max="15880" width="15.7109375" customWidth="1"/>
     <col min="15881" max="15881" width="35.140625" customWidth="1"/>
     <col min="15882" max="15882" width="11.7109375" customWidth="1"/>
     <col min="15883" max="15883" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="15884" max="15884" width="20.140625" customWidth="1"/>
-    <col min="16129" max="16129" width="64.7109375" customWidth="1"/>
+    <col min="16129" max="16129" width="66.85546875" customWidth="1"/>
     <col min="16130" max="16130" width="34.140625" customWidth="1"/>
     <col min="16131" max="16131" width="17.42578125" customWidth="1"/>
     <col min="16132" max="16132" width="18.28515625" customWidth="1"/>
     <col min="16133" max="16134" width="37.42578125" customWidth="1"/>
     <col min="16135" max="16135" width="26" customWidth="1"/>
     <col min="16136" max="16136" width="15.7109375" customWidth="1"/>
     <col min="16137" max="16137" width="35.140625" customWidth="1"/>
     <col min="16138" max="16138" width="11.7109375" customWidth="1"/>
     <col min="16139" max="16139" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="16140" max="16140" width="20.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
     </row>
@@ -3255,2358 +3289,2413 @@
       <c r="A16" s="9" t="s">
         <v>52</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="10">
         <v>702222805</v>
       </c>
       <c r="D16" s="10"/>
       <c r="E16" s="12" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>55</v>
       </c>
       <c r="G16" s="10">
         <v>793918365</v>
       </c>
       <c r="H16" s="10"/>
       <c r="I16" s="12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="21" t="s">
         <v>57</v>
       </c>
-      <c r="B17" s="11" t="s">
+      <c r="B17" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="C17" s="10">
-[...3 lines deleted...]
-      <c r="E17" s="13" t="s">
+      <c r="C17" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="F17" s="11" t="s">
+      <c r="D17" s="9"/>
+      <c r="E17" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="G17" s="10">
-[...4 lines deleted...]
-        <v>59</v>
+      <c r="F17" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="H17" s="24"/>
+      <c r="I17" s="14" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>64</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>65</v>
       </c>
       <c r="C18" s="10">
+        <v>723179220</v>
+      </c>
+      <c r="D18" s="11"/>
+      <c r="E18" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" s="10">
+        <v>724088186</v>
+      </c>
+      <c r="H18" s="11"/>
+      <c r="I18" s="13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="10">
         <v>777461541</v>
       </c>
-      <c r="D18" s="10">
+      <c r="D19" s="10">
         <v>478479220</v>
       </c>
-      <c r="E18" s="12" t="s">
-[...17 lines deleted...]
-      <c r="D19" s="10"/>
       <c r="E19" s="12" t="s">
-        <v>66</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F19" s="11"/>
+      <c r="G19" s="11"/>
       <c r="H19" s="11"/>
-      <c r="I19" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="11"/>
     </row>
     <row r="20" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C20" s="10">
-        <v>776747770</v>
-[...1 lines deleted...]
-      <c r="D20" s="11"/>
+        <v>799015399</v>
+      </c>
+      <c r="D20" s="10"/>
       <c r="E20" s="12" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="F20" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="G20" s="10">
-        <v>736757987</v>
+      <c r="F20" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>75</v>
       </c>
       <c r="H20" s="11"/>
-      <c r="I20" s="13" t="s">
-        <v>74</v>
+      <c r="I20" s="12" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C21" s="10">
+        <v>776747770</v>
+      </c>
+      <c r="D21" s="11"/>
+      <c r="E21" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="10">
+        <v>736757987</v>
+      </c>
+      <c r="H21" s="11"/>
+      <c r="I21" s="13" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="10">
         <v>702150733</v>
       </c>
-      <c r="D21" s="10">
+      <c r="D22" s="10">
         <v>296500282</v>
       </c>
-      <c r="E21" s="12" t="s">
-[...5 lines deleted...]
-      <c r="G21" s="21">
+      <c r="E22" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" s="25">
         <v>602596609</v>
       </c>
-      <c r="H21" s="10">
+      <c r="H22" s="10">
         <v>296500552</v>
       </c>
-      <c r="I21" s="11" t="s">
-[...25 lines deleted...]
-        <v>84</v>
+      <c r="I22" s="11" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="11" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>87</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>88</v>
       </c>
       <c r="C23" s="10">
-        <v>739237535</v>
+        <v>739481038</v>
       </c>
       <c r="D23" s="11"/>
       <c r="E23" s="12" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>89</v>
+      </c>
+      <c r="F23" s="11" t="s">
+        <v>90</v>
       </c>
       <c r="G23" s="10">
-        <v>731859025</v>
+        <v>602288814</v>
       </c>
       <c r="H23" s="11"/>
       <c r="I23" s="12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="11" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>92</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>93</v>
       </c>
       <c r="C24" s="10">
-        <v>731122694</v>
-[...3 lines deleted...]
-        <v>92</v>
+        <v>739237535</v>
+      </c>
+      <c r="D24" s="11"/>
+      <c r="E24" s="12" t="s">
+        <v>94</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G24" s="10">
-        <v>732694557</v>
+        <v>731859025</v>
       </c>
       <c r="H24" s="11"/>
       <c r="I24" s="12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="9" t="s">
-[...5 lines deleted...]
-      <c r="C25" s="17" t="s">
+      <c r="A25" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="D25" s="23"/>
-      <c r="E25" s="24" t="s">
+      <c r="B25" s="11" t="s">
         <v>98</v>
       </c>
-      <c r="F25" s="25"/>
-[...2 lines deleted...]
-      <c r="I25" s="12"/>
+      <c r="C25" s="10">
+        <v>731122694</v>
+      </c>
+      <c r="D25" s="10"/>
+      <c r="E25" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="G25" s="10">
+        <v>732694557</v>
+      </c>
+      <c r="H25" s="11"/>
+      <c r="I25" s="12" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
-        <v>99</v>
-[...7 lines deleted...]
-      <c r="D26" s="11"/>
+        <v>102</v>
+      </c>
+      <c r="B26" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" s="27"/>
       <c r="E26" s="28" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      <c r="H26" s="27"/>
+        <v>105</v>
+      </c>
+      <c r="F26" s="29"/>
+      <c r="G26" s="30"/>
+      <c r="H26" s="31"/>
       <c r="I26" s="12"/>
     </row>
     <row r="27" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="9" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      <c r="C27" s="26">
+        <v>106</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="C27" s="10">
+        <v>602741181</v>
+      </c>
+      <c r="D27" s="11"/>
+      <c r="E27" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="F27" s="29"/>
+      <c r="G27" s="30"/>
+      <c r="H27" s="31"/>
+      <c r="I27" s="12"/>
+    </row>
+    <row r="28" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" s="30">
         <v>702092324</v>
       </c>
-      <c r="D27" s="27"/>
-[...6 lines deleted...]
-      <c r="G27" s="26">
+      <c r="D28" s="31"/>
+      <c r="E28" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="F28" s="29" t="s">
+        <v>112</v>
+      </c>
+      <c r="G28" s="30">
         <v>735874449</v>
       </c>
-      <c r="H27" s="27"/>
-[...11 lines deleted...]
-      <c r="C28" s="26">
+      <c r="H28" s="31"/>
+      <c r="I28" s="12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="B29" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="C29" s="30">
         <v>604537231</v>
       </c>
-      <c r="D28" s="27"/>
-[...15 lines deleted...]
-      <c r="C29" s="26">
+      <c r="D29" s="31"/>
+      <c r="E29" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="31"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="11"/>
+    </row>
+    <row r="30" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="29" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="30">
         <v>735150999</v>
       </c>
-      <c r="D29" s="27"/>
-[...6 lines deleted...]
-      <c r="G29" s="26">
+      <c r="D30" s="31"/>
+      <c r="E30" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="G30" s="30">
         <v>735150999</v>
       </c>
-      <c r="H29" s="27"/>
-[...8 lines deleted...]
-      <c r="B30" s="9" t="s">
+      <c r="H30" s="31"/>
+      <c r="I30" s="12" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="C30" s="10">
+      <c r="C31" s="10">
         <v>734640824</v>
       </c>
-      <c r="D30" s="11"/>
-[...6 lines deleted...]
-      <c r="G30" s="10">
+      <c r="D31" s="11"/>
+      <c r="E31" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="G31" s="10">
         <v>793941741</v>
       </c>
-      <c r="H30" s="11"/>
-[...28 lines deleted...]
-      </c>
+      <c r="H31" s="11"/>
       <c r="I31" s="12" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="11" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C32" s="10">
-        <v>602413669</v>
-[...1 lines deleted...]
-      <c r="D32" s="10"/>
+        <v>733785017</v>
+      </c>
+      <c r="D32" s="10">
+        <v>389009257</v>
+      </c>
       <c r="E32" s="12" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      <c r="I32" s="12"/>
+        <v>127</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" s="10">
+        <v>734640824</v>
+      </c>
+      <c r="H32" s="10">
+        <v>389009257</v>
+      </c>
+      <c r="I32" s="12" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="33" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>129</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>130</v>
       </c>
       <c r="C33" s="10">
-        <v>702169442</v>
+        <v>602413669</v>
       </c>
       <c r="D33" s="10"/>
       <c r="E33" s="12" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F33" s="11"/>
       <c r="G33" s="10"/>
       <c r="H33" s="11"/>
       <c r="I33" s="12"/>
     </row>
     <row r="34" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="11" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C34" s="10">
-        <v>601372636</v>
+        <v>702169442</v>
       </c>
       <c r="D34" s="10"/>
       <c r="E34" s="12" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="11"/>
+      <c r="G34" s="10"/>
       <c r="H34" s="11"/>
-      <c r="I34" s="11"/>
+      <c r="I34" s="12"/>
     </row>
     <row r="35" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>135</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>136</v>
       </c>
       <c r="C35" s="10">
-        <v>737634614</v>
+        <v>601372636</v>
       </c>
       <c r="D35" s="10"/>
       <c r="E35" s="12" t="s">
-        <v>133</v>
-[...4 lines deleted...]
-      <c r="G35" s="10">
+        <v>137</v>
+      </c>
+      <c r="F35" s="11"/>
+      <c r="G35" s="11"/>
+      <c r="H35" s="11"/>
+      <c r="I35" s="11"/>
+    </row>
+    <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C36" s="10">
+        <v>737634614</v>
+      </c>
+      <c r="D36" s="10"/>
+      <c r="E36" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="F36" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="G36" s="10">
         <v>605001534</v>
       </c>
-      <c r="H35" s="10"/>
-[...21 lines deleted...]
-      <c r="I36" s="11"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="12" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="37" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="9" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C37" s="29">
+        <v>144</v>
+      </c>
+      <c r="C37" s="10">
+        <v>731450947</v>
+      </c>
+      <c r="D37" s="11"/>
+      <c r="E37" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="F37" s="11"/>
+      <c r="G37" s="11"/>
+      <c r="H37" s="11"/>
+      <c r="I37" s="11"/>
+    </row>
+    <row r="38" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="C38" s="33">
         <v>774922259</v>
       </c>
-      <c r="D37" s="10"/>
-[...18 lines deleted...]
-      <c r="D38" s="11"/>
+      <c r="D38" s="10"/>
       <c r="E38" s="12" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F38" s="11"/>
-      <c r="G38" s="11"/>
+      <c r="G38" s="10"/>
       <c r="H38" s="11"/>
-      <c r="I38" s="11"/>
+      <c r="I38" s="34"/>
     </row>
     <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>149</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>150</v>
       </c>
       <c r="C39" s="10">
-        <v>725933605</v>
+        <v>724028968</v>
       </c>
       <c r="D39" s="11"/>
       <c r="E39" s="12" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
     </row>
     <row r="40" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="11" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>152</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>53</v>
       </c>
       <c r="C40" s="10">
-        <v>474470450</v>
-[...1 lines deleted...]
-      <c r="D40" s="10">
         <v>725933605</v>
       </c>
+      <c r="D40" s="11"/>
       <c r="E40" s="12" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
     </row>
     <row r="41" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="9" t="s">
-        <v>149</v>
+      <c r="A41" s="11" t="s">
+        <v>154</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>150</v>
-[...4 lines deleted...]
-      <c r="D41" s="31"/>
+        <v>155</v>
+      </c>
+      <c r="C41" s="10">
+        <v>474470450</v>
+      </c>
+      <c r="D41" s="10">
+        <v>725933605</v>
+      </c>
       <c r="E41" s="12" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
     </row>
     <row r="42" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="32" t="s">
-        <v>152</v>
+      <c r="A42" s="9" t="s">
+        <v>156</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-      <c r="D42" s="11"/>
+        <v>157</v>
+      </c>
+      <c r="C42" s="24">
+        <v>777491367</v>
+      </c>
+      <c r="D42" s="24"/>
       <c r="E42" s="12" t="s">
-        <v>155</v>
-[...10 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="33" t="s">
-        <v>158</v>
+      <c r="A43" s="14" t="s">
+        <v>159</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D43" s="11"/>
-      <c r="E43" s="34" t="s">
-[...3 lines deleted...]
-      <c r="G43" s="17"/>
+      <c r="E43" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="G43" s="17" t="s">
+        <v>164</v>
+      </c>
       <c r="H43" s="17"/>
-      <c r="I43" s="12"/>
+      <c r="I43" s="12" t="s">
+        <v>162</v>
+      </c>
     </row>
     <row r="44" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="35" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>164</v>
-[...5 lines deleted...]
-        <v>166</v>
+        <v>167</v>
+      </c>
+      <c r="D44" s="11"/>
+      <c r="E44" s="36" t="s">
+        <v>168</v>
       </c>
       <c r="F44" s="9"/>
       <c r="G44" s="17"/>
       <c r="H44" s="17"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
-        <v>167</v>
+      <c r="A45" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="B45" s="9" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="D45" s="11"/>
+        <v>170</v>
+      </c>
+      <c r="C45" s="17" t="s">
+        <v>171</v>
+      </c>
+      <c r="D45" s="17" t="s">
+        <v>172</v>
+      </c>
       <c r="E45" s="12" t="s">
-        <v>169</v>
-[...12 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="F45" s="9"/>
+      <c r="G45" s="17"/>
+      <c r="H45" s="17"/>
+      <c r="I45" s="12"/>
     </row>
     <row r="46" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="11" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="B46" s="11" t="s">
         <v>174</v>
       </c>
+      <c r="B46" s="9" t="s">
+        <v>175</v>
+      </c>
       <c r="C46" s="10">
-        <v>603729639</v>
+        <v>727844219</v>
       </c>
       <c r="D46" s="11"/>
-      <c r="E46" s="11" t="s">
-[...5 lines deleted...]
-      <c r="I46" s="11"/>
+      <c r="E46" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="F46" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="G46" s="10">
+        <v>774177094</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="I46" s="11" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="47" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>180</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>181</v>
       </c>
       <c r="C47" s="10">
-        <v>603865027</v>
+        <v>603729639</v>
       </c>
       <c r="D47" s="11"/>
-      <c r="E47" s="12" t="s">
-        <v>178</v>
+      <c r="E47" s="11" t="s">
+        <v>182</v>
       </c>
       <c r="F47" s="11"/>
-      <c r="G47" s="10"/>
+      <c r="G47" s="11"/>
       <c r="H47" s="11"/>
-      <c r="I47" s="12"/>
+      <c r="I47" s="11"/>
     </row>
     <row r="48" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="11" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>183</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>184</v>
       </c>
       <c r="C48" s="10">
-        <v>735177500</v>
-[...1 lines deleted...]
-      <c r="D48" s="10"/>
+        <v>603865027</v>
+      </c>
+      <c r="D48" s="11"/>
       <c r="E48" s="12" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="F48" s="9"/>
+        <v>185</v>
+      </c>
+      <c r="F48" s="11"/>
       <c r="G48" s="10"/>
-      <c r="H48" s="10"/>
+      <c r="H48" s="11"/>
       <c r="I48" s="12"/>
     </row>
     <row r="49" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>186</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>187</v>
       </c>
       <c r="C49" s="10">
-        <v>777490011</v>
+        <v>735177500</v>
       </c>
       <c r="D49" s="10"/>
-      <c r="E49" s="11" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="11"/>
+      <c r="E49" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="F49" s="9"/>
       <c r="G49" s="10"/>
       <c r="H49" s="10"/>
-      <c r="I49" s="11"/>
+      <c r="I49" s="12"/>
     </row>
     <row r="50" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="9" t="s">
-        <v>185</v>
+      <c r="A50" s="11" t="s">
+        <v>189</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C50" s="10">
         <v>777490011</v>
       </c>
       <c r="D50" s="10"/>
       <c r="E50" s="11" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F50" s="11"/>
       <c r="G50" s="10"/>
-      <c r="H50" s="11"/>
+      <c r="H50" s="10"/>
       <c r="I50" s="11"/>
     </row>
     <row r="51" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="9" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B51" s="12" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="C51" s="10">
         <v>777490011</v>
       </c>
       <c r="D51" s="10"/>
       <c r="E51" s="11" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="F51" s="11"/>
       <c r="G51" s="10"/>
       <c r="H51" s="11"/>
       <c r="I51" s="11"/>
     </row>
     <row r="52" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="9" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>193</v>
+      </c>
+      <c r="B52" s="12" t="s">
+        <v>190</v>
       </c>
       <c r="C52" s="10">
-        <v>604750035</v>
-[...3 lines deleted...]
-        <v>189</v>
+        <v>777490011</v>
+      </c>
+      <c r="D52" s="10"/>
+      <c r="E52" s="11" t="s">
+        <v>191</v>
       </c>
       <c r="F52" s="11"/>
-      <c r="G52" s="11"/>
+      <c r="G52" s="10"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
     </row>
     <row r="53" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="9" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C53" s="10">
-        <v>777750299</v>
+        <v>604750035</v>
       </c>
       <c r="D53" s="11"/>
       <c r="E53" s="12" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="G53" s="10"/>
+        <v>196</v>
+      </c>
+      <c r="F53" s="11"/>
+      <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
     </row>
     <row r="54" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="9" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>198</v>
+      </c>
+      <c r="C54" s="10">
+        <v>777750299</v>
       </c>
       <c r="D54" s="11"/>
-      <c r="E54" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E54" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="F54" s="9"/>
+      <c r="G54" s="10"/>
       <c r="H54" s="11"/>
-      <c r="I54" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I54" s="11"/>
     </row>
     <row r="55" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="9" t="s">
         <v>200</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>606091021</v>
+        <v>201</v>
+      </c>
+      <c r="C55" s="38" t="s">
+        <v>202</v>
       </c>
       <c r="D55" s="11"/>
       <c r="E55" s="11" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-      <c r="G55" s="10"/>
+        <v>203</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="G55" s="38" t="s">
+        <v>205</v>
+      </c>
       <c r="H55" s="11"/>
-      <c r="I55" s="11"/>
+      <c r="I55" s="12" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="56" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>203</v>
+        <v>39</v>
       </c>
       <c r="C56" s="10">
-        <v>775360552</v>
+        <v>606091021</v>
       </c>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F56" s="11"/>
       <c r="G56" s="10"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
     </row>
     <row r="57" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="11" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>209</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>210</v>
       </c>
       <c r="C57" s="10">
+        <v>775360552</v>
+      </c>
+      <c r="D57" s="11"/>
+      <c r="E57" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="F57" s="11"/>
+      <c r="G57" s="10"/>
+      <c r="H57" s="11"/>
+      <c r="I57" s="11"/>
+    </row>
+    <row r="58" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="11" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>213</v>
+      </c>
+      <c r="C58" s="10">
         <v>775567311</v>
       </c>
-      <c r="D57" s="17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="D58" s="17" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="E58" s="12" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="36"/>
+      <c r="G58" s="38"/>
       <c r="H58" s="10"/>
       <c r="I58" s="12"/>
     </row>
     <row r="59" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="11" t="s">
-[...5 lines deleted...]
-      <c r="C59" s="10">
+      <c r="A59" s="9" t="s">
+        <v>216</v>
+      </c>
+      <c r="B59" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C59" s="39">
+        <v>775567311</v>
+      </c>
+      <c r="D59" s="17" t="s">
+        <v>214</v>
+      </c>
+      <c r="E59" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="F59" s="11"/>
+      <c r="G59" s="38"/>
+      <c r="H59" s="10"/>
+      <c r="I59" s="12"/>
+    </row>
+    <row r="60" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="21" t="s">
+        <v>219</v>
+      </c>
+      <c r="B60" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="D60" s="10"/>
+      <c r="E60" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="G60" s="22" t="s">
+        <v>224</v>
+      </c>
+      <c r="H60" s="24"/>
+      <c r="I60" s="14" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="C61" s="10">
         <v>731415372</v>
       </c>
-      <c r="D59" s="11"/>
-[...37 lines deleted...]
-      <c r="D61" s="10"/>
+      <c r="D61" s="11"/>
       <c r="E61" s="12" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
     </row>
     <row r="62" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="11" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>220</v>
+        <v>53</v>
       </c>
       <c r="C62" s="10">
-        <v>606730273</v>
-[...1 lines deleted...]
-      <c r="D62" s="11"/>
+        <v>731676301</v>
+      </c>
+      <c r="D62" s="10"/>
       <c r="E62" s="12" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="F62" s="11"/>
       <c r="G62" s="10"/>
-      <c r="H62" s="11"/>
-      <c r="I62" s="11"/>
+      <c r="H62" s="10"/>
+      <c r="I62" s="40"/>
     </row>
     <row r="63" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="11" t="s">
-        <v>222</v>
+      <c r="A63" s="9" t="s">
+        <v>231</v>
       </c>
       <c r="B63" s="9" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="C63" s="10">
-        <v>736609903</v>
+        <v>731676301</v>
       </c>
       <c r="D63" s="10"/>
       <c r="E63" s="12" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-      <c r="I63" s="9"/>
+        <v>230</v>
+      </c>
+      <c r="F63" s="11"/>
+      <c r="G63" s="11"/>
+      <c r="H63" s="11"/>
+      <c r="I63" s="11"/>
     </row>
     <row r="64" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="9" t="s">
-        <v>225</v>
+      <c r="A64" s="11" t="s">
+        <v>233</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-      <c r="D64" s="10"/>
+        <v>234</v>
+      </c>
+      <c r="C64" s="10">
+        <v>606730273</v>
+      </c>
+      <c r="D64" s="11"/>
       <c r="E64" s="12" t="s">
-        <v>228</v>
-[...4 lines deleted...]
-      <c r="I64" s="9"/>
+        <v>235</v>
+      </c>
+      <c r="F64" s="11"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="11"/>
+      <c r="I64" s="11"/>
     </row>
     <row r="65" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="9" t="s">
-        <v>229</v>
+      <c r="A65" s="11" t="s">
+        <v>236</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>53</v>
+        <v>237</v>
       </c>
       <c r="C65" s="10">
-        <v>733712954</v>
+        <v>736609903</v>
       </c>
       <c r="D65" s="10"/>
       <c r="E65" s="12" t="s">
-        <v>230</v>
-[...4 lines deleted...]
-      <c r="I65" s="11"/>
+        <v>238</v>
+      </c>
+      <c r="F65" s="9"/>
+      <c r="G65" s="22"/>
+      <c r="H65" s="9"/>
+      <c r="I65" s="9"/>
     </row>
     <row r="66" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="11" t="s">
-        <v>231</v>
+      <c r="A66" s="9" t="s">
+        <v>239</v>
       </c>
       <c r="B66" s="9" t="s">
-        <v>232</v>
-[...6 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>241</v>
+      </c>
+      <c r="D66" s="10"/>
       <c r="E66" s="12" t="s">
-        <v>233</v>
-[...12 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="F66" s="9"/>
+      <c r="G66" s="22"/>
+      <c r="H66" s="9"/>
+      <c r="I66" s="9"/>
     </row>
     <row r="67" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="9" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B67" s="9" t="s">
-        <v>237</v>
+        <v>53</v>
       </c>
       <c r="C67" s="10">
-        <v>601502564</v>
+        <v>733712954</v>
       </c>
       <c r="D67" s="10"/>
       <c r="E67" s="12" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-      <c r="I67" s="12"/>
+        <v>244</v>
+      </c>
+      <c r="F67" s="11"/>
+      <c r="G67" s="11"/>
+      <c r="H67" s="11"/>
+      <c r="I67" s="11"/>
     </row>
     <row r="68" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="9" t="s">
-        <v>239</v>
+      <c r="A68" s="11" t="s">
+        <v>245</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C68" s="10">
-        <v>602404854</v>
-[...1 lines deleted...]
-      <c r="D68" s="11"/>
+        <v>731451532</v>
+      </c>
+      <c r="D68" s="10">
+        <v>476164141</v>
+      </c>
       <c r="E68" s="12" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-      <c r="I68" s="11"/>
+        <v>248</v>
+      </c>
+      <c r="G68" s="10">
+        <v>739327031</v>
+      </c>
+      <c r="H68" s="10">
+        <v>476164777</v>
+      </c>
+      <c r="I68" s="12" t="s">
+        <v>249</v>
+      </c>
     </row>
     <row r="69" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="11" t="s">
-        <v>243</v>
+      <c r="A69" s="9" t="s">
+        <v>250</v>
       </c>
       <c r="B69" s="9" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C69" s="10">
-        <v>731208060</v>
+        <v>601502564</v>
       </c>
       <c r="D69" s="10"/>
       <c r="E69" s="12" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F69" s="9"/>
       <c r="G69" s="10"/>
-      <c r="H69" s="11"/>
-      <c r="I69" s="11"/>
+      <c r="H69" s="10"/>
+      <c r="I69" s="12"/>
     </row>
     <row r="70" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="11" t="s">
-        <v>246</v>
+      <c r="A70" s="9" t="s">
+        <v>253</v>
       </c>
       <c r="B70" s="9" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="C70" s="26">
+        <v>254</v>
+      </c>
+      <c r="C70" s="10">
+        <v>602404854</v>
+      </c>
+      <c r="D70" s="11"/>
+      <c r="E70" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>256</v>
+      </c>
+      <c r="G70" s="10"/>
+      <c r="H70" s="11"/>
+      <c r="I70" s="11"/>
+    </row>
+    <row r="71" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="11" t="s">
+        <v>257</v>
+      </c>
+      <c r="B71" s="9" t="s">
+        <v>258</v>
+      </c>
+      <c r="C71" s="10">
+        <v>731208060</v>
+      </c>
+      <c r="D71" s="10"/>
+      <c r="E71" s="12" t="s">
+        <v>259</v>
+      </c>
+      <c r="F71" s="9"/>
+      <c r="G71" s="10"/>
+      <c r="H71" s="11"/>
+      <c r="I71" s="11"/>
+    </row>
+    <row r="72" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="B72" s="9" t="s">
+        <v>261</v>
+      </c>
+      <c r="C72" s="30">
         <v>774692738</v>
       </c>
-      <c r="D70" s="26"/>
-[...54 lines deleted...]
-      </c>
+      <c r="D72" s="30"/>
+      <c r="E72" s="41" t="s">
+        <v>262</v>
+      </c>
+      <c r="F72" s="29"/>
+      <c r="G72" s="30"/>
+      <c r="H72" s="31"/>
+      <c r="I72" s="31"/>
     </row>
     <row r="73" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="9" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B73" s="9" t="s">
-        <v>259</v>
-[...17 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="C73" s="42" t="s">
+        <v>265</v>
+      </c>
+      <c r="D73" s="31"/>
+      <c r="E73" s="41" t="s">
+        <v>266</v>
+      </c>
+      <c r="F73" s="29"/>
+      <c r="G73" s="30"/>
+      <c r="H73" s="31"/>
+      <c r="I73" s="41"/>
     </row>
     <row r="74" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="11" t="s">
-[...9 lines deleted...]
-      <c r="E74" s="12" t="s">
+      <c r="A74" s="14" t="s">
         <v>267</v>
       </c>
-      <c r="F74" s="11"/>
-[...5 lines deleted...]
-      <c r="A75" s="42" t="s">
+      <c r="B74" s="31" t="s">
         <v>268</v>
       </c>
-      <c r="B75" s="43" t="s">
+      <c r="C74" s="30">
+        <v>606702714</v>
+      </c>
+      <c r="D74" s="30">
+        <v>596166444</v>
+      </c>
+      <c r="E74" s="41" t="s">
         <v>269</v>
       </c>
-      <c r="C75" s="44" t="s">
+      <c r="F74" s="29" t="s">
         <v>270</v>
       </c>
-      <c r="D75" s="45"/>
-      <c r="E75" s="46" t="s">
+      <c r="G74" s="30">
+        <v>602133890</v>
+      </c>
+      <c r="H74" s="30">
+        <v>224956633</v>
+      </c>
+      <c r="I74" s="41" t="s">
         <v>271</v>
       </c>
-      <c r="F75" s="22" t="s">
+    </row>
+    <row r="75" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="9" t="s">
         <v>272</v>
       </c>
-      <c r="G75" s="44" t="s">
+      <c r="B75" s="9" t="s">
         <v>273</v>
       </c>
-      <c r="H75" s="36"/>
-      <c r="I75" s="46" t="s">
+      <c r="C75" s="38" t="s">
         <v>274</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A76" s="20" t="s">
+      <c r="D75" s="38"/>
+      <c r="E75" s="12" t="s">
         <v>275</v>
       </c>
-      <c r="B76" s="22" t="s">
+      <c r="F75" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="G75" s="17" t="s">
         <v>276</v>
       </c>
+      <c r="H75" s="38"/>
+      <c r="I75" s="12" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="B76" s="9" t="s">
+        <v>279</v>
+      </c>
       <c r="C76" s="17" t="s">
-        <v>277</v>
-[...7 lines deleted...]
-      <c r="F76" s="22" t="s">
         <v>280</v>
       </c>
-      <c r="G76" s="44" t="s">
+      <c r="D76" s="38"/>
+      <c r="E76" s="12" t="s">
         <v>281</v>
       </c>
-      <c r="H76" s="17" t="s">
-[...2 lines deleted...]
-      <c r="I76" s="48" t="s">
+      <c r="F76" s="11"/>
+      <c r="G76" s="38"/>
+      <c r="H76" s="38"/>
+      <c r="I76" s="11"/>
+    </row>
+    <row r="77" spans="1:9" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="43" t="s">
         <v>282</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A77" s="49" t="s">
+      <c r="B77" s="44" t="s">
         <v>283</v>
       </c>
-      <c r="B77" s="35" t="s">
+      <c r="C77" s="45" t="s">
         <v>284</v>
       </c>
-      <c r="C77" s="10">
+      <c r="D77" s="46"/>
+      <c r="E77" s="47" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" s="26" t="s">
+        <v>286</v>
+      </c>
+      <c r="G77" s="45" t="s">
+        <v>287</v>
+      </c>
+      <c r="H77" s="38"/>
+      <c r="I77" s="47" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="B78" s="26" t="s">
+        <v>290</v>
+      </c>
+      <c r="C78" s="17" t="s">
+        <v>291</v>
+      </c>
+      <c r="D78" s="45" t="s">
+        <v>292</v>
+      </c>
+      <c r="E78" s="48" t="s">
+        <v>293</v>
+      </c>
+      <c r="F78" s="26" t="s">
+        <v>294</v>
+      </c>
+      <c r="G78" s="45" t="s">
+        <v>295</v>
+      </c>
+      <c r="H78" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="I78" s="49" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="50" t="s">
+        <v>297</v>
+      </c>
+      <c r="B79" s="37" t="s">
+        <v>298</v>
+      </c>
+      <c r="C79" s="10">
         <v>770197969</v>
       </c>
-      <c r="D77" s="11"/>
-[...15 lines deleted...]
-      <c r="C78" s="10">
+      <c r="D79" s="11"/>
+      <c r="E79" s="51" t="s">
+        <v>299</v>
+      </c>
+      <c r="F79" s="52"/>
+      <c r="G79" s="45"/>
+      <c r="H79" s="38"/>
+      <c r="I79" s="47"/>
+    </row>
+    <row r="80" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="B80" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="C80" s="10">
         <v>267314243</v>
       </c>
-      <c r="D78" s="10"/>
-[...36 lines deleted...]
-      </c>
       <c r="D80" s="10"/>
-      <c r="E80" s="12" t="s">
-        <v>295</v>
+      <c r="E80" s="11" t="s">
+        <v>302</v>
       </c>
       <c r="F80" s="9"/>
-      <c r="G80" s="51"/>
+      <c r="G80" s="22"/>
       <c r="H80" s="10"/>
-      <c r="I80" s="52"/>
+      <c r="I80" s="53"/>
     </row>
     <row r="81" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="9" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B81" s="9" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>304</v>
+      </c>
+      <c r="C81" s="10">
+        <v>727820008</v>
       </c>
       <c r="D81" s="10"/>
       <c r="E81" s="12" t="s">
-        <v>299</v>
-[...10 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="F81" s="11"/>
+      <c r="G81" s="11"/>
+      <c r="H81" s="11"/>
+      <c r="I81" s="11"/>
     </row>
     <row r="82" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="9" t="s">
-        <v>303</v>
+      <c r="A82" s="54" t="s">
+        <v>306</v>
       </c>
       <c r="B82" s="9" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D82" s="10"/>
       <c r="E82" s="12" t="s">
-        <v>306</v>
-[...6 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="F82" s="9"/>
+      <c r="G82" s="22"/>
       <c r="H82" s="10"/>
-      <c r="I82" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I82" s="53"/>
     </row>
     <row r="83" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="11" t="s">
+      <c r="A83" s="9" t="s">
         <v>310</v>
       </c>
-      <c r="B83" s="11" t="s">
+      <c r="B83" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="C83" s="17" t="s">
+        <v>312</v>
+      </c>
+      <c r="D83" s="10"/>
+      <c r="E83" s="12" t="s">
+        <v>313</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="G83" s="17" t="s">
+        <v>315</v>
+      </c>
+      <c r="H83" s="10"/>
+      <c r="I83" s="12" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="B84" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="C84" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="D84" s="10"/>
+      <c r="E84" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="G84" s="17" t="s">
+        <v>322</v>
+      </c>
+      <c r="H84" s="10"/>
+      <c r="I84" s="12" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="C83" s="10">
+      <c r="C85" s="10">
         <v>739341656</v>
       </c>
-      <c r="D83" s="11"/>
-[...25 lines deleted...]
-      <c r="G84" s="10">
+      <c r="D85" s="11"/>
+      <c r="E85" s="11" t="s">
+        <v>325</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G85" s="10">
         <v>602814592</v>
       </c>
-      <c r="H84" s="11"/>
-[...19 lines deleted...]
-      <c r="G85" s="11"/>
       <c r="H85" s="11"/>
-      <c r="I85" s="11"/>
+      <c r="I85" s="12" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="86" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="11" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="B86" s="9" t="s">
-        <v>321</v>
-[...11 lines deleted...]
-      <c r="G86" s="11"/>
+        <v>329</v>
+      </c>
+      <c r="C86" s="10">
+        <v>702275997</v>
+      </c>
+      <c r="D86" s="11"/>
+      <c r="E86" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G86" s="10">
+        <v>602814592</v>
+      </c>
       <c r="H86" s="11"/>
-      <c r="I86" s="11"/>
+      <c r="I86" s="12" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="87" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="11" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="B87" s="9" t="s">
-        <v>324</v>
-[...6 lines deleted...]
-        <v>326</v>
+        <v>332</v>
+      </c>
+      <c r="C87" s="10">
+        <v>602492281</v>
+      </c>
+      <c r="D87" s="11"/>
+      <c r="E87" s="13" t="s">
+        <v>333</v>
       </c>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
     </row>
     <row r="88" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="11" t="s">
-        <v>327</v>
-[...9 lines deleted...]
-        <v>329</v>
+        <v>334</v>
+      </c>
+      <c r="B88" s="9" t="s">
+        <v>335</v>
+      </c>
+      <c r="C88" s="16">
+        <v>734145000</v>
+      </c>
+      <c r="D88" s="16">
+        <v>972325888</v>
+      </c>
+      <c r="E88" s="13" t="s">
+        <v>336</v>
       </c>
       <c r="F88" s="11"/>
       <c r="G88" s="11"/>
       <c r="H88" s="11"/>
       <c r="I88" s="11"/>
     </row>
     <row r="89" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>330</v>
-[...9 lines deleted...]
-        <v>333</v>
+        <v>337</v>
+      </c>
+      <c r="B89" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D89" s="16"/>
+      <c r="E89" s="12" t="s">
+        <v>340</v>
       </c>
       <c r="F89" s="11"/>
       <c r="G89" s="11"/>
       <c r="H89" s="11"/>
       <c r="I89" s="11"/>
     </row>
     <row r="90" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="14" t="s">
-[...15 lines deleted...]
-      <c r="I90" s="13"/>
+      <c r="A90" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="C90" s="10">
+        <v>739084730</v>
+      </c>
+      <c r="D90" s="11"/>
+      <c r="E90" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="F90" s="11"/>
+      <c r="G90" s="11"/>
+      <c r="H90" s="11"/>
+      <c r="I90" s="11"/>
     </row>
     <row r="91" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="11" t="s">
-        <v>337</v>
-[...5 lines deleted...]
-        <v>724243522</v>
+        <v>344</v>
+      </c>
+      <c r="B91" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>346</v>
       </c>
       <c r="D91" s="11"/>
-      <c r="E91" s="12" t="s">
-        <v>339</v>
+      <c r="E91" s="11" t="s">
+        <v>347</v>
       </c>
       <c r="F91" s="11"/>
       <c r="G91" s="11"/>
       <c r="H91" s="11"/>
       <c r="I91" s="11"/>
     </row>
     <row r="92" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="11" t="s">
-[...17 lines deleted...]
-      <c r="I92" s="11"/>
+      <c r="A92" s="14" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C92" s="38" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" s="18"/>
+      <c r="E92" s="13" t="s">
+        <v>350</v>
+      </c>
+      <c r="F92" s="9"/>
+      <c r="G92" s="38"/>
+      <c r="H92" s="18"/>
+      <c r="I92" s="13"/>
     </row>
     <row r="93" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="11" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>351</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>352</v>
       </c>
       <c r="C93" s="10">
-        <v>724032663</v>
+        <v>724243522</v>
       </c>
       <c r="D93" s="11"/>
-      <c r="E93" s="11" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E93" s="12" t="s">
+        <v>353</v>
+      </c>
+      <c r="F93" s="11"/>
+      <c r="G93" s="11"/>
       <c r="H93" s="11"/>
-      <c r="I93" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I93" s="11"/>
     </row>
     <row r="94" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="11" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B94" s="9" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="C94" s="10">
-        <v>737257828</v>
-[...16 lines deleted...]
-      </c>
+        <v>724050445</v>
+      </c>
+      <c r="D94" s="10">
+        <v>417804394</v>
+      </c>
+      <c r="E94" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="F94" s="11"/>
+      <c r="G94" s="11"/>
+      <c r="H94" s="11"/>
+      <c r="I94" s="11"/>
     </row>
     <row r="95" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="9" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="A95" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>357</v>
       </c>
       <c r="C95" s="10">
-        <v>601502564</v>
-[...3 lines deleted...]
-        <v>238</v>
+        <v>724032663</v>
+      </c>
+      <c r="D95" s="11"/>
+      <c r="E95" s="11" t="s">
+        <v>358</v>
       </c>
       <c r="F95" s="11" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="G95" s="10">
-        <v>732558464</v>
-[...3 lines deleted...]
-        <v>356</v>
+        <v>602786694</v>
+      </c>
+      <c r="H95" s="11"/>
+      <c r="I95" s="11" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="11" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B96" s="9" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C96" s="10">
-        <v>602699294</v>
+        <v>737257828</v>
       </c>
       <c r="D96" s="11"/>
-      <c r="E96" s="11" t="s">
-        <v>359</v>
+      <c r="E96" s="12" t="s">
+        <v>363</v>
       </c>
       <c r="F96" s="11" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G96" s="10">
-        <v>602752390</v>
-[...1 lines deleted...]
-      <c r="H96" s="11"/>
+        <v>737255532</v>
+      </c>
+      <c r="H96" s="55" t="s">
+        <v>365</v>
+      </c>
       <c r="I96" s="12" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="11" t="s">
-[...3 lines deleted...]
-        <v>363</v>
+      <c r="A97" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="B97" s="9" t="s">
+        <v>26</v>
       </c>
       <c r="C97" s="10">
-        <v>732987872</v>
-[...3 lines deleted...]
-        <v>364</v>
+        <v>601502564</v>
+      </c>
+      <c r="D97" s="10"/>
+      <c r="E97" s="12" t="s">
+        <v>252</v>
       </c>
       <c r="F97" s="11" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="G97" s="10">
-        <v>602785383</v>
-[...3 lines deleted...]
-        <v>366</v>
+        <v>732558464</v>
+      </c>
+      <c r="H97" s="10"/>
+      <c r="I97" s="9" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="98" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="11" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>370</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>371</v>
       </c>
       <c r="C98" s="10">
-        <v>723533193</v>
+        <v>602699294</v>
       </c>
       <c r="D98" s="11"/>
-      <c r="E98" s="13" t="s">
-[...3 lines deleted...]
-        <v>370</v>
+      <c r="E98" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="F98" s="11" t="s">
+        <v>373</v>
       </c>
       <c r="G98" s="10">
-        <v>604417904</v>
+        <v>602752390</v>
       </c>
       <c r="H98" s="11"/>
       <c r="I98" s="12" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
     </row>
     <row r="99" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="11" t="s">
-        <v>372</v>
-[...8 lines deleted...]
-      <c r="I99" s="56"/>
+        <v>375</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>376</v>
+      </c>
+      <c r="C99" s="10">
+        <v>732987872</v>
+      </c>
+      <c r="D99" s="11"/>
+      <c r="E99" s="13" t="s">
+        <v>377</v>
+      </c>
+      <c r="F99" s="11" t="s">
+        <v>378</v>
+      </c>
+      <c r="G99" s="10">
+        <v>602785383</v>
+      </c>
+      <c r="H99" s="11"/>
+      <c r="I99" s="13" t="s">
+        <v>379</v>
+      </c>
     </row>
     <row r="100" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="9" t="s">
-[...3 lines deleted...]
-        <v>328</v>
+      <c r="A100" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>381</v>
       </c>
       <c r="C100" s="10">
+        <v>723533193</v>
+      </c>
+      <c r="D100" s="11"/>
+      <c r="E100" s="13" t="s">
+        <v>382</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>383</v>
+      </c>
+      <c r="G100" s="10">
+        <v>604417904</v>
+      </c>
+      <c r="H100" s="11"/>
+      <c r="I100" s="12" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="B101" s="56"/>
+      <c r="C101" s="56"/>
+      <c r="D101" s="56"/>
+      <c r="E101" s="56"/>
+      <c r="F101" s="56"/>
+      <c r="G101" s="56"/>
+      <c r="H101" s="56"/>
+      <c r="I101" s="57"/>
+    </row>
+    <row r="102" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="9" t="s">
+        <v>386</v>
+      </c>
+      <c r="B102" s="9" t="s">
+        <v>342</v>
+      </c>
+      <c r="C102" s="10">
         <v>734170707</v>
       </c>
-      <c r="D100" s="11"/>
-[...6 lines deleted...]
-      <c r="G100" s="10">
+      <c r="D102" s="11"/>
+      <c r="E102" s="32" t="s">
+        <v>387</v>
+      </c>
+      <c r="F102" s="9" t="s">
+        <v>388</v>
+      </c>
+      <c r="G102" s="10">
         <v>739580585</v>
       </c>
-      <c r="H100" s="11"/>
-[...11 lines deleted...]
-      <c r="C101" s="10">
+      <c r="H102" s="11"/>
+      <c r="I102" s="58" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="9" t="s">
+        <v>390</v>
+      </c>
+      <c r="B103" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="C103" s="10">
         <v>770328332</v>
       </c>
-      <c r="D101" s="11"/>
-[...6 lines deleted...]
-      <c r="G101" s="10">
+      <c r="D103" s="11"/>
+      <c r="E103" s="12" t="s">
+        <v>392</v>
+      </c>
+      <c r="F103" s="9" t="s">
+        <v>393</v>
+      </c>
+      <c r="G103" s="10">
         <v>352462894</v>
       </c>
-      <c r="H101" s="10">
+      <c r="H103" s="10">
         <v>352463854</v>
       </c>
-      <c r="I101" s="12" t="s">
-[...10 lines deleted...]
-      <c r="C102" s="10">
+      <c r="I103" s="12" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="59" t="s">
+        <v>395</v>
+      </c>
+      <c r="B104" s="9" t="s">
+        <v>396</v>
+      </c>
+      <c r="C104" s="10">
         <v>725040824</v>
       </c>
-      <c r="D102" s="10"/>
-[...6 lines deleted...]
-      <c r="G102" s="10">
+      <c r="D104" s="10"/>
+      <c r="E104" s="12" t="s">
+        <v>397</v>
+      </c>
+      <c r="F104" s="9" t="s">
+        <v>398</v>
+      </c>
+      <c r="G104" s="10">
         <v>775657619</v>
       </c>
-      <c r="H102" s="10"/>
-[...11 lines deleted...]
-      <c r="C103" s="10">
+      <c r="H104" s="10"/>
+      <c r="I104" s="12" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="59" t="s">
+        <v>400</v>
+      </c>
+      <c r="B105" s="9" t="s">
+        <v>401</v>
+      </c>
+      <c r="C105" s="10">
         <v>720987811</v>
       </c>
-      <c r="D103" s="31"/>
-[...6 lines deleted...]
-      <c r="G103" s="10">
+      <c r="D105" s="24"/>
+      <c r="E105" s="12" t="s">
+        <v>402</v>
+      </c>
+      <c r="F105" s="9" t="s">
+        <v>403</v>
+      </c>
+      <c r="G105" s="10">
         <v>725319655</v>
       </c>
-      <c r="H103" s="31"/>
-[...11 lines deleted...]
-      <c r="C104" s="10">
+      <c r="H105" s="24"/>
+      <c r="I105" s="12" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="59" t="s">
+        <v>405</v>
+      </c>
+      <c r="B106" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C106" s="10">
         <v>776747770</v>
       </c>
-      <c r="D104" s="31"/>
-[...53 lines deleted...]
-      <c r="I106" s="11"/>
+      <c r="D106" s="24"/>
+      <c r="E106" s="12" t="s">
+        <v>406</v>
+      </c>
+      <c r="F106" s="9"/>
+      <c r="G106" s="10"/>
+      <c r="H106" s="10"/>
+      <c r="I106" s="9"/>
     </row>
     <row r="107" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="11" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>407</v>
+      </c>
+      <c r="B107" s="9" t="s">
+        <v>408</v>
       </c>
       <c r="C107" s="10">
-        <v>602784750</v>
-[...6 lines deleted...]
-      <c r="G107" s="11"/>
+        <v>722275714</v>
+      </c>
+      <c r="D107" s="10"/>
+      <c r="E107" s="12" t="s">
+        <v>409</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>410</v>
+      </c>
+      <c r="G107" s="10">
+        <v>602510497</v>
+      </c>
       <c r="H107" s="11"/>
-      <c r="I107" s="11"/>
+      <c r="I107" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="J107" s="60"/>
+      <c r="K107" s="61"/>
+      <c r="L107" s="62"/>
     </row>
     <row r="108" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="64" t="s">
-[...10 lines deleted...]
-        <v>274</v>
+      <c r="A108" s="11" t="s">
+        <v>412</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>413</v>
+      </c>
+      <c r="C108" s="63" t="s">
+        <v>414</v>
+      </c>
+      <c r="D108" s="64"/>
+      <c r="E108" s="14" t="s">
+        <v>415</v>
       </c>
       <c r="F108" s="11"/>
       <c r="G108" s="11"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
     </row>
     <row r="109" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="11" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B109" s="11" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="C109" s="10">
-        <v>602198030</v>
+        <v>602784750</v>
       </c>
       <c r="D109" s="11"/>
-      <c r="E109" s="12" t="s">
-        <v>410</v>
+      <c r="E109" s="11" t="s">
+        <v>418</v>
       </c>
       <c r="F109" s="11"/>
       <c r="G109" s="11"/>
       <c r="H109" s="11"/>
       <c r="I109" s="11"/>
     </row>
     <row r="110" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="11" t="s">
-[...3 lines deleted...]
-        <v>412</v>
+      <c r="A110" s="21" t="s">
+        <v>419</v>
+      </c>
+      <c r="B110" s="11" t="s">
+        <v>420</v>
       </c>
       <c r="C110" s="10">
-        <v>734753940</v>
+        <v>774441975</v>
       </c>
       <c r="D110" s="11"/>
       <c r="E110" s="12" t="s">
-        <v>413</v>
+        <v>288</v>
       </c>
       <c r="F110" s="11"/>
-      <c r="G110" s="10"/>
+      <c r="G110" s="11"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
     </row>
     <row r="111" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="11" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="C111" s="10">
-        <v>775317903</v>
-[...1 lines deleted...]
-      <c r="D111" s="10"/>
+        <v>602198030</v>
+      </c>
+      <c r="D111" s="11"/>
       <c r="E111" s="12" t="s">
-        <v>416</v>
-[...6 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="F111" s="11"/>
+      <c r="G111" s="11"/>
       <c r="H111" s="11"/>
-      <c r="I111" s="65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111" s="11"/>
     </row>
     <row r="112" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="9" t="s">
-        <v>419</v>
+      <c r="A112" s="11" t="s">
+        <v>424</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>420</v>
-[...8 lines deleted...]
-        <v>421</v>
+        <v>425</v>
+      </c>
+      <c r="C112" s="10">
+        <v>734753940</v>
+      </c>
+      <c r="D112" s="11"/>
+      <c r="E112" s="12" t="s">
+        <v>426</v>
       </c>
       <c r="F112" s="11"/>
-      <c r="G112" s="11"/>
+      <c r="G112" s="10"/>
       <c r="H112" s="11"/>
       <c r="I112" s="11"/>
     </row>
     <row r="113" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="9" t="s">
-[...3 lines deleted...]
-        <v>423</v>
+      <c r="A113" s="11" t="s">
+        <v>427</v>
+      </c>
+      <c r="B113" s="11" t="s">
+        <v>428</v>
       </c>
       <c r="C113" s="10">
-        <v>602541368</v>
+        <v>775317903</v>
       </c>
       <c r="D113" s="10"/>
       <c r="E113" s="12" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F113" s="11"/>
       <c r="G113" s="10"/>
-      <c r="H113" s="10"/>
-      <c r="I113" s="12"/>
+      <c r="H113" s="11"/>
+      <c r="I113" s="65"/>
     </row>
     <row r="114" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="9" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B114" s="9" t="s">
-        <v>426</v>
-[...17 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="C114" s="24">
+        <v>725744644</v>
+      </c>
+      <c r="D114" s="24">
+        <v>475201349</v>
+      </c>
+      <c r="E114" s="13" t="s">
+        <v>432</v>
+      </c>
+      <c r="F114" s="11"/>
+      <c r="G114" s="11"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="11"/>
     </row>
     <row r="115" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="9" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B115" s="9" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C115" s="10">
-        <v>775240021</v>
-[...1 lines deleted...]
-      <c r="D115" s="11"/>
+        <v>602541368</v>
+      </c>
+      <c r="D115" s="10"/>
       <c r="E115" s="12" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="F115" s="11"/>
       <c r="G115" s="10"/>
-      <c r="H115" s="11"/>
-      <c r="I115" s="11"/>
+      <c r="H115" s="10"/>
+      <c r="I115" s="12"/>
     </row>
     <row r="116" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="9" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B116" s="9" t="s">
-        <v>433</v>
-[...6 lines deleted...]
-        <v>435</v>
+        <v>437</v>
+      </c>
+      <c r="C116" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="D116" s="10"/>
+      <c r="E116" s="12" t="s">
+        <v>438</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="G116" s="17" t="s">
         <v>437</v>
       </c>
-      <c r="H116" s="17"/>
+      <c r="G116" s="10">
+        <v>733527310</v>
+      </c>
+      <c r="H116" s="10"/>
       <c r="I116" s="12" t="s">
-        <v>438</v>
-[...9 lines deleted...]
-    </row>
+        <v>439</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="9" t="s">
+        <v>440</v>
+      </c>
+      <c r="B117" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="C117" s="10">
+        <v>775240021</v>
+      </c>
+      <c r="D117" s="11"/>
+      <c r="E117" s="12" t="s">
+        <v>442</v>
+      </c>
+      <c r="F117" s="11"/>
+      <c r="G117" s="10"/>
+      <c r="H117" s="11"/>
+      <c r="I117" s="11"/>
+    </row>
+    <row r="118" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="9" t="s">
+        <v>443</v>
+      </c>
+      <c r="B118" s="9" t="s">
+        <v>444</v>
+      </c>
+      <c r="C118" s="17" t="s">
+        <v>445</v>
+      </c>
+      <c r="D118" s="17"/>
+      <c r="E118" s="13" t="s">
+        <v>446</v>
+      </c>
+      <c r="F118" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="G118" s="17" t="s">
+        <v>448</v>
+      </c>
+      <c r="H118" s="17"/>
+      <c r="I118" s="12" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="120" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="121" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="14"/>
+      <c r="C121" s="61"/>
+      <c r="D121" s="61"/>
+      <c r="E121" s="62"/>
+    </row>
     <row r="122" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="123" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="124" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="125" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="213" spans="2:2" x14ac:dyDescent="0.2">
+      <c r="B213" s="66">
+        <v>46090</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E22" r:id="rId1" xr:uid="{FB91C232-8901-4AB4-A819-4DD30F169AA5}"/>
-[...126 lines deleted...]
-    <hyperlink ref="I19" r:id="rId128" xr:uid="{E9D17AB8-D767-4AC5-AD27-B66D7CDCD659}"/>
+    <hyperlink ref="E23" r:id="rId1" xr:uid="{C19BC374-83CE-4E7C-9EA7-0D49249989C2}"/>
+    <hyperlink ref="E15" r:id="rId2" xr:uid="{F9465008-3BAD-4544-A05A-3FF96A4256F5}"/>
+    <hyperlink ref="E84" r:id="rId3" xr:uid="{6E9073BA-96F6-4BA2-84FD-7D3AA3362B04}"/>
+    <hyperlink ref="E112" r:id="rId4" xr:uid="{66A7839F-EE40-46FD-AABB-2EC47CCB36AB}"/>
+    <hyperlink ref="E67" r:id="rId5" xr:uid="{2DC0CD35-1A74-4380-99C9-AA1F46C2264A}"/>
+    <hyperlink ref="E22" r:id="rId6" xr:uid="{92E3F3B1-D49A-4510-BF93-D31D1D54A55F}"/>
+    <hyperlink ref="E30" r:id="rId7" xr:uid="{706D8BA8-DB30-4523-8B81-6ECA77B5A4F5}"/>
+    <hyperlink ref="E48" r:id="rId8" xr:uid="{E091B033-36D7-4885-98CF-5CA49A43EA40}"/>
+    <hyperlink ref="E62" r:id="rId9" xr:uid="{F8570090-BB5F-40EB-A0BF-F1646FBDCDDA}"/>
+    <hyperlink ref="E76" r:id="rId10" xr:uid="{242C481B-3E6B-4FCC-9042-26EB90BE44D9}"/>
+    <hyperlink ref="E75" r:id="rId11" xr:uid="{A0BBCD01-DEAE-4387-84E7-0EEE79D77172}"/>
+    <hyperlink ref="E90" r:id="rId12" xr:uid="{D24F1FFC-7BF0-4DF9-BB62-301EB90E26F3}"/>
+    <hyperlink ref="E65" r:id="rId13" xr:uid="{9DB3808E-8AD2-4DA1-B690-F34A7DBC86F0}"/>
+    <hyperlink ref="E93" r:id="rId14" xr:uid="{509EC926-FE5D-470E-B28D-7A1B9BF6333F}"/>
+    <hyperlink ref="E83" r:id="rId15" xr:uid="{4940A67B-8F83-43CD-94AD-4211AA2F8A72}"/>
+    <hyperlink ref="E35" r:id="rId16" xr:uid="{19E1AD64-BC9F-4AD0-B13B-B309B1335D9E}"/>
+    <hyperlink ref="E61" r:id="rId17" xr:uid="{E4964045-7BC9-487B-B382-702235A2433C}"/>
+    <hyperlink ref="E118" r:id="rId18" xr:uid="{15BB0A88-CB9B-4470-BD7F-9939F5514627}"/>
+    <hyperlink ref="E40" r:id="rId19" xr:uid="{132235BC-B515-4998-9316-C38E98408F9B}"/>
+    <hyperlink ref="E41" r:id="rId20" xr:uid="{72236B21-6AA1-48FC-B739-6B711D84BA02}"/>
+    <hyperlink ref="E104" r:id="rId21" xr:uid="{B78F6F3A-6E4D-480B-B198-54DB6D01D0EA}"/>
+    <hyperlink ref="E70" r:id="rId22" xr:uid="{32A6E58E-A8F1-4291-8038-4B209E7A4AF5}"/>
+    <hyperlink ref="E10" r:id="rId23" xr:uid="{C56A941A-6947-400E-B33D-829E4A53A0C0}"/>
+    <hyperlink ref="E14" r:id="rId24" xr:uid="{679305D4-EF67-4FFC-9E80-FAFE1F5E5FB9}"/>
+    <hyperlink ref="E77" r:id="rId25" xr:uid="{0B2C7DA8-6ED3-468A-91AF-6A952F36F51C}"/>
+    <hyperlink ref="I77" r:id="rId26" xr:uid="{CB7690AF-4CD3-4995-B105-9C2ACFA5C1B8}"/>
+    <hyperlink ref="E5" r:id="rId27" xr:uid="{E59838DC-AED5-4122-A326-486FDA83E603}"/>
+    <hyperlink ref="E32" r:id="rId28" xr:uid="{46F7C984-E105-4F88-A2A6-4D1F1582C906}"/>
+    <hyperlink ref="E115" r:id="rId29" xr:uid="{2A9650A1-A307-4FB0-9335-9705D08E43C1}"/>
+    <hyperlink ref="E81" r:id="rId30" xr:uid="{90F78CAD-8668-4C7F-9DBD-4CFE41306706}"/>
+    <hyperlink ref="E12" r:id="rId31" xr:uid="{198156B8-950C-4AE5-9A30-AD09B0B35E3C}"/>
+    <hyperlink ref="E7" r:id="rId32" xr:uid="{3165861B-A149-4DF2-AE13-06D3767DF547}"/>
+    <hyperlink ref="E33" r:id="rId33" xr:uid="{E47BC498-CD1D-4D42-9E57-4DA58B43C88D}"/>
+    <hyperlink ref="E11" r:id="rId34" xr:uid="{506F9012-4FD4-4772-AF4E-AF4526771DEE}"/>
+    <hyperlink ref="E4" r:id="rId35" xr:uid="{94B7F021-7652-49FD-9B38-81A6E9F2041C}"/>
+    <hyperlink ref="E16" r:id="rId36" xr:uid="{4C557276-CEBC-43DC-8698-22D3330B9592}"/>
+    <hyperlink ref="I83" r:id="rId37" xr:uid="{9CDD682F-545B-4B52-B80B-7CA0D786AE7E}"/>
+    <hyperlink ref="E86" r:id="rId38" xr:uid="{F3490C4B-7740-4B7D-96C0-DAF36178255D}"/>
+    <hyperlink ref="E74" r:id="rId39" xr:uid="{E7410AF5-675F-4227-A2CF-23B29ADF6A85}"/>
+    <hyperlink ref="I74" r:id="rId40" xr:uid="{606FBF00-B417-4B15-80EC-FA5A22F38D25}"/>
+    <hyperlink ref="E106" r:id="rId41" xr:uid="{3F7A5795-C230-4E9F-A21B-F19395890443}"/>
+    <hyperlink ref="E19" r:id="rId42" xr:uid="{427BF608-903A-40D9-BC5F-826C2531D08E}"/>
+    <hyperlink ref="E21" r:id="rId43" xr:uid="{7C2338CB-59A1-40E3-8AA3-1973E1EE09F3}"/>
+    <hyperlink ref="E28" r:id="rId44" xr:uid="{A873B696-4267-427A-9CF0-6F3408790B31}"/>
+    <hyperlink ref="E73" r:id="rId45" xr:uid="{B08A61CB-B806-49A1-9E54-ADEB6AF64CE9}"/>
+    <hyperlink ref="E43" r:id="rId46" xr:uid="{95AB0831-D2BA-4470-995A-66351E83BB19}"/>
+    <hyperlink ref="I43" r:id="rId47" xr:uid="{730C3413-7409-4D5C-8FD1-DF0D4105E368}"/>
+    <hyperlink ref="E31" r:id="rId48" xr:uid="{C075781A-668E-44DF-B62B-CAAC1BA88A43}"/>
+    <hyperlink ref="I31" r:id="rId49" xr:uid="{48495DAE-C936-4E77-B025-F954CD0596F8}"/>
+    <hyperlink ref="E113" r:id="rId50" xr:uid="{F68A5A6C-AE6E-4C25-A243-3FEF6258CF42}"/>
+    <hyperlink ref="E111" r:id="rId51" xr:uid="{486C928C-B820-40BC-956F-6BD6361627E7}"/>
+    <hyperlink ref="E53" r:id="rId52" xr:uid="{D2DBD938-F91C-4B6E-B3C7-9C6320C7BC70}"/>
+    <hyperlink ref="E89" r:id="rId53" xr:uid="{61468E99-514E-4A8C-B66D-D3277F4BD2A9}"/>
+    <hyperlink ref="E88" r:id="rId54" xr:uid="{C649A437-DAB7-4E24-8807-8520BACB9708}"/>
+    <hyperlink ref="E102" r:id="rId55" xr:uid="{DD9C6C0D-B5DE-4959-BCF0-B256AEE0A1CD}"/>
+    <hyperlink ref="E63" r:id="rId56" xr:uid="{BFECE036-539B-4A15-A705-A052EEC20F51}"/>
+    <hyperlink ref="I75" r:id="rId57" xr:uid="{9527E270-4EC8-4558-83C1-D49BFCD8960F}"/>
+    <hyperlink ref="E46" r:id="rId58" xr:uid="{0E136CDA-65F0-4DA4-BBF2-BB34C7EFBEE0}"/>
+    <hyperlink ref="E29" r:id="rId59" xr:uid="{905F9462-3A2B-4C7A-AAAF-3EF4DFBE120B}"/>
+    <hyperlink ref="E34" r:id="rId60" xr:uid="{692B177C-9C85-48BA-A374-42D193A9D06D}"/>
+    <hyperlink ref="E107" r:id="rId61" xr:uid="{79E3CA59-A5F1-464C-922A-B9B417225357}"/>
+    <hyperlink ref="E116" r:id="rId62" xr:uid="{6FBC5D19-0740-4DC9-A026-0838A6CC0FCB}"/>
+    <hyperlink ref="I116" r:id="rId63" xr:uid="{5CE526F7-3F1F-410D-8F22-D0E3F0FA1D05}"/>
+    <hyperlink ref="E105" r:id="rId64" xr:uid="{29B90BC3-34BA-4892-AC8F-40F6BAACB132}"/>
+    <hyperlink ref="I36" r:id="rId65" xr:uid="{B37A2FCD-892F-451D-B202-68EB3F0D2608}"/>
+    <hyperlink ref="E36" r:id="rId66" xr:uid="{73804863-A1B7-423F-8E11-B0D65AB82337}"/>
+    <hyperlink ref="I23" r:id="rId67" xr:uid="{312E4752-EFF7-474B-AFED-E2EF2860093C}"/>
+    <hyperlink ref="I104" r:id="rId68" xr:uid="{AE25D8EF-6801-46DC-BE46-3D0C7419449F}"/>
+    <hyperlink ref="E24" r:id="rId69" xr:uid="{FBD7DBAD-719A-4924-A8D6-79FDFBE609AD}"/>
+    <hyperlink ref="I24" r:id="rId70" xr:uid="{C7A26E38-B523-4559-875B-BBFB8A1F3CAE}"/>
+    <hyperlink ref="I55" r:id="rId71" xr:uid="{AC6919B4-358B-4DF6-AE00-CABBD3121DC9}"/>
+    <hyperlink ref="I10" r:id="rId72" xr:uid="{2CABB12B-753C-45C7-81C8-78EE62E769BA}"/>
+    <hyperlink ref="I21" r:id="rId73" xr:uid="{438ECA6C-70CC-4365-A537-41E526017BBE}"/>
+    <hyperlink ref="I32" r:id="rId74" xr:uid="{B81CCE9B-E9A7-41DA-A612-FCF13257A331}"/>
+    <hyperlink ref="E64" r:id="rId75" xr:uid="{8FED07FD-BCD7-433B-B809-74E75D88A1DF}"/>
+    <hyperlink ref="E82" r:id="rId76" xr:uid="{D7B0F6C9-FFBE-43D9-BDC2-CF93D24DC5CD}"/>
+    <hyperlink ref="E68" r:id="rId77" xr:uid="{B52D4412-F71F-4679-96F9-BEADD13CE893}"/>
+    <hyperlink ref="I68" r:id="rId78" xr:uid="{39E8D8EB-AC1F-4439-9274-1E55DA2772D0}"/>
+    <hyperlink ref="I118" r:id="rId79" xr:uid="{937A6532-A985-426F-B854-54913B37C279}"/>
+    <hyperlink ref="E92" r:id="rId80" xr:uid="{B7D20C3A-752F-41E1-9561-FFD0970F0986}"/>
+    <hyperlink ref="E49" r:id="rId81" xr:uid="{D97550A3-916F-4A11-B437-46BA4D8E673C}"/>
+    <hyperlink ref="I86" r:id="rId82" xr:uid="{C3FEC45C-B9FE-4FDC-94D9-B3E59EC9C26F}"/>
+    <hyperlink ref="I98" r:id="rId83" xr:uid="{DC2872E3-280F-4506-9429-C9ACEF56619F}"/>
+    <hyperlink ref="I25" r:id="rId84" xr:uid="{8E251224-4933-45E0-8CFB-DA332562A1BB}"/>
+    <hyperlink ref="I14" r:id="rId85" xr:uid="{0070108B-CF87-449F-A963-019DC603ED80}"/>
+    <hyperlink ref="I96" r:id="rId86" xr:uid="{35CC4FA3-B12D-4E5A-87C8-4105B1BF053D}"/>
+    <hyperlink ref="E96" r:id="rId87" xr:uid="{49AE4D9D-C86C-4B62-8954-C51EA9624DC0}"/>
+    <hyperlink ref="E71" r:id="rId88" xr:uid="{6F4C45F9-CE63-4EDA-B866-F71939C0E030}"/>
+    <hyperlink ref="E59" r:id="rId89" xr:uid="{93531B4A-D88D-4907-B9F3-27FB07C188D1}"/>
+    <hyperlink ref="E58" r:id="rId90" xr:uid="{8B24E8A8-3262-4C27-9680-7208C4E33F1D}"/>
+    <hyperlink ref="E18" r:id="rId91" xr:uid="{007E0559-7686-4057-AFDE-F2DBC43A7EF4}"/>
+    <hyperlink ref="E87" r:id="rId92" xr:uid="{E7331C03-EC27-4041-A8D3-E2DEA1AF37FA}"/>
+    <hyperlink ref="E117" r:id="rId93" xr:uid="{BEFFAD17-4D12-425C-929E-71941C459ADF}"/>
+    <hyperlink ref="E69" r:id="rId94" xr:uid="{7E930CC2-172C-4346-8895-A4D219E45836}"/>
+    <hyperlink ref="E110" r:id="rId95" xr:uid="{0C1C2067-211C-476E-9B39-67764039DE95}"/>
+    <hyperlink ref="E45" r:id="rId96" xr:uid="{780AD529-C65E-464D-8EF9-07C72E4B30A8}"/>
+    <hyperlink ref="E8" r:id="rId97" xr:uid="{E945026F-E31C-4516-BA03-26F36331529F}"/>
+    <hyperlink ref="E42" r:id="rId98" xr:uid="{2FE37A03-BEEF-47ED-9A38-71CB8CD2C1AA}"/>
+    <hyperlink ref="I28" r:id="rId99" xr:uid="{F9063BB0-A00E-4700-A4DA-0A475C1A4BD8}"/>
+    <hyperlink ref="I18" r:id="rId100" xr:uid="{D1552552-B979-4637-9A04-127EE1254273}"/>
+    <hyperlink ref="I105" r:id="rId101" xr:uid="{8B2A1EFD-0B65-4FA8-A73D-3956E0FBF194}"/>
+    <hyperlink ref="E114" r:id="rId102" xr:uid="{32250F41-014D-4F1C-89AC-A84A6E06A3EE}"/>
+    <hyperlink ref="E66" r:id="rId103" xr:uid="{1220DB4F-C747-40E3-9DC1-DBB394D90E4C}"/>
+    <hyperlink ref="I84" r:id="rId104" xr:uid="{117D4916-C5E7-4AD1-9BCD-A85D50A63704}"/>
+    <hyperlink ref="E38" r:id="rId105" xr:uid="{83CE7818-0128-4F0F-B8A4-7A84EEB40248}"/>
+    <hyperlink ref="I30" r:id="rId106" xr:uid="{159A34C2-3C6F-4B95-BB2C-BFEFBC4C3CD2}"/>
+    <hyperlink ref="I102" r:id="rId107" xr:uid="{E689F5B2-DDDB-48CE-A590-6D0DA677A60F}"/>
+    <hyperlink ref="E72" r:id="rId108" xr:uid="{5BB18C8F-3821-4C10-AF43-7C9C881C452F}"/>
+    <hyperlink ref="E39" r:id="rId109" xr:uid="{1843E1F5-64E2-43BA-A06F-80273BB6F50F}"/>
+    <hyperlink ref="E44" r:id="rId110" xr:uid="{44E09D36-E3B9-4555-A045-8AC79FB95DC4}"/>
+    <hyperlink ref="E100" r:id="rId111" xr:uid="{D9C54AF4-C58C-4F56-841A-C6BF9973B0C4}"/>
+    <hyperlink ref="I100" r:id="rId112" xr:uid="{6050F517-AD37-488D-9E8B-55E31A3D58EC}"/>
+    <hyperlink ref="E103" r:id="rId113" xr:uid="{F4332B01-6C02-4964-AE31-7C8632720BD8}"/>
+    <hyperlink ref="I103" r:id="rId114" xr:uid="{23A79EFC-91CE-41AB-8E5D-12D28B4B8A50}"/>
+    <hyperlink ref="E97" r:id="rId115" xr:uid="{D8F7FDA1-1CA7-43E7-A133-A3382FE9DFF6}"/>
+    <hyperlink ref="E27" r:id="rId116" xr:uid="{068DB331-EE8D-4173-8CFD-AF1E19700D3F}"/>
+    <hyperlink ref="E78" r:id="rId117" xr:uid="{43E15026-7100-4558-BE06-247DB3FF7C15}"/>
+    <hyperlink ref="I78" r:id="rId118" xr:uid="{2E163EF1-6252-4EAF-B1C0-370F2C5C7B8E}"/>
+    <hyperlink ref="E99" r:id="rId119" xr:uid="{FDB22ADB-5FF3-4005-BEB8-14F01FDA8C5E}"/>
+    <hyperlink ref="I99" r:id="rId120" xr:uid="{84A4FBB3-882F-4FD9-B375-6FD96B483669}"/>
+    <hyperlink ref="E54" r:id="rId121" xr:uid="{33E32D43-3CDC-463F-99D9-8DC11F616370}"/>
+    <hyperlink ref="E9" r:id="rId122" xr:uid="{44591553-3CD0-4A3B-B5D2-E1DCF97C4184}"/>
+    <hyperlink ref="I16" r:id="rId123" xr:uid="{69A4C308-6ABE-4784-9BB8-753DEEF9DA3D}"/>
+    <hyperlink ref="E26" r:id="rId124" xr:uid="{0C250486-961C-424D-A6A2-BEAF1A0ECCDD}"/>
+    <hyperlink ref="E20" r:id="rId125" xr:uid="{9A18DC96-B366-44F4-BF02-383A15A7B965}"/>
+    <hyperlink ref="I20" r:id="rId126" xr:uid="{05DCF51D-AEF5-4373-823C-64449C6C79C6}"/>
+    <hyperlink ref="I85" r:id="rId127" xr:uid="{2CA73B10-5DC0-45A1-A566-E5E08D02A0ED}"/>
+    <hyperlink ref="E37" r:id="rId128" xr:uid="{D19EE501-61C4-4D5E-B3BB-B4BFF39D57AD}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId129"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Stránka &amp;P z &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId130"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a57527ba-b13c-462f-a5c5-bde84a6d85e5}" enabled="1" method="Standard" siteId="{f0ab7d6a-64b0-4696-9f4d-d69909c6e895}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>